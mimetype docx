--- v0 (2025-10-17)
+++ v1 (2026-03-14)
@@ -1,11797 +1,18587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="76981DC5" w14:textId="43982950" w:rsidR="005C0044" w:rsidRDefault="000B005D" w:rsidP="000B005D">
+    <w:p w14:paraId="4203EA05" w14:textId="2FF52B32" w:rsidR="00F7426C" w:rsidRDefault="123A4A5C" w:rsidP="10D5D846">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2B6DB5B6">
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B6DB5B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">                          </w:t>
+        <w:t>CALENDRIER CIRCUITS CYCLOS DES JEUDIS ANNEE 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B005D">
+      <w:r w:rsidR="6816CBF2" w:rsidRPr="2B6DB5B6">
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">CALENDRIER CIRCUITS CYCLOS DES JEUDIS ANNEE </w:t>
-[...6 lines deleted...]
-        <w:t>2025</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76981DC6" w14:textId="77777777" w:rsidR="000B005D" w:rsidRDefault="000B005D" w:rsidP="000B005D"/>
+    <w:p w14:paraId="7DC90D0B" w14:textId="1CA4FC56" w:rsidR="00F7426C" w:rsidRDefault="123A4A5C" w:rsidP="10D5D846">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="10D5D846">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10220" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1012"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2367"/>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="1320"/>
+        <w:gridCol w:w="1320"/>
+        <w:gridCol w:w="3920"/>
+        <w:gridCol w:w="2655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B005D" w14:paraId="76981DCC" w14:textId="77777777" w:rsidTr="00F968D7">
-[...4 lines deleted...]
-          <w:p w14:paraId="76981DC7" w14:textId="77777777" w:rsidR="000B005D" w:rsidRPr="000B005D" w:rsidRDefault="000B005D" w:rsidP="000B005D">
+      <w:tr w:rsidR="10D5D846" w14:paraId="368D5FD1" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44864435" w14:textId="5CF02A9D" w:rsidR="10D5D846" w:rsidRDefault="5FDAB79D" w:rsidP="2B6DB5B6">
+            <w:r w:rsidRPr="2B6DB5B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+              </w:rPr>
+              <w:t>HEURE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27F24777" w14:textId="6860785F" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+              </w:rPr>
+              <w:t>DATE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49BF494E" w14:textId="2142F20A" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C547D4C" w14:textId="4FC9E445" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+              </w:rPr>
+              <w:t>LIEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F126C32" w14:textId="14EB0FF6" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+              </w:rPr>
+              <w:t>KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5D63EBED" w14:paraId="634107EE" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0211D2D9" w14:textId="22708DB5" w:rsidR="7D7ED00C" w:rsidRDefault="7D7ED00C" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2841" w:themeColor="text2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B005D">
-[...14 lines deleted...]
-          <w:p w14:paraId="76981DC8" w14:textId="77777777" w:rsidR="000B005D" w:rsidRPr="000B005D" w:rsidRDefault="000B005D" w:rsidP="000B005D">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2841" w:themeColor="text2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74455A5A" w14:textId="5869CD3C" w:rsidR="773EA58D" w:rsidRDefault="773EA58D" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2841" w:themeColor="text2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B005D">
-[...14 lines deleted...]
-          <w:p w14:paraId="76981DC9" w14:textId="77777777" w:rsidR="000B005D" w:rsidRPr="000B005D" w:rsidRDefault="000B005D" w:rsidP="000B005D">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2841" w:themeColor="text2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>01/01/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="347841CF" w14:textId="7E302CB4" w:rsidR="29A0FFE4" w:rsidRDefault="29A0FFE4" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2841" w:themeColor="text2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B005D">
-[...14 lines deleted...]
-          <w:p w14:paraId="76981DCA" w14:textId="77777777" w:rsidR="000B005D" w:rsidRPr="000B005D" w:rsidRDefault="000B005D" w:rsidP="000B005D">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2841" w:themeColor="text2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MA/SO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CECCA85" w14:textId="798B4401" w:rsidR="4AC7A2EE" w:rsidRDefault="4AC7A2EE" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B005D">
-[...123 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId4">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10550559</w:t>
+                <w:t>https://www.openrunner.com/r/22963080</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981DD0" w14:textId="79EAA16C" w:rsidR="001F2987" w:rsidRPr="007456A2" w:rsidRDefault="007456A2" w:rsidP="000B005D">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C56FA16" w14:textId="199574CA" w:rsidR="773EA58D" w:rsidRDefault="773EA58D" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidRPr="00BC4D43">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">68 KMS   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5D63EBED" w14:paraId="1022599D" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C838035" w14:textId="6B708353" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DE5C2DC" w14:textId="3227E96A" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08/01/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06B618C3" w14:textId="2994031F" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3975DC3D" w14:textId="319528FE" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19251304</w:t>
+                <w:t>https://www.openrunner.com/r/13280468</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="52B670A4" w14:textId="116D4B85" w:rsidR="003958DA" w:rsidRPr="001C36C0" w:rsidRDefault="000B005D" w:rsidP="003958DA">
+          <w:p w14:paraId="446535F0" w14:textId="3F21568A" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...153 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId6">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10550820</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00102D56">
+              <w:r w:rsidR="719EA513" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19251938</w:t>
+                <w:t>8526729</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C109DF3" w14:textId="77777777" w:rsidR="00102D56" w:rsidRPr="001C36C0" w:rsidRDefault="001B6377" w:rsidP="00102D56">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43D3C718" w14:textId="0B00F83D" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">65 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B0A15D" w14:textId="0544DFFC" w:rsidR="5A3130EE" w:rsidRDefault="5A3130EE" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">53 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="16FE5ABF" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6AF4E0A8" w14:textId="376DD6FC" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48AEC230" w14:textId="47096FFA" w:rsidR="10D5D846" w:rsidRDefault="740DF1D6" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/01/202</w:t>
+            </w:r>
+            <w:r w:rsidR="1C39E0AA" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BBE679F" w14:textId="0F5C4D16" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0E6A6A3C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="62372D78" w14:textId="21803CDC" w:rsidR="10D5D846" w:rsidRDefault="086E6CB8" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531D7B">
-[...157 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId7">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10550990</w:t>
+                <w:t>https://www.openrunner.com/r/13367651</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981DDC" w14:textId="71857CD8" w:rsidR="00E11F48" w:rsidRPr="00E11F48" w:rsidRDefault="00E11F48" w:rsidP="001B6377">
+          <w:p w14:paraId="7F3F15BA" w14:textId="1E594C2F" w:rsidR="10D5D846" w:rsidRDefault="086E6CB8" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00E11F48">
+            <w:hyperlink r:id="rId8">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19252212</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...170 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="617E7624" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10551245</w:t>
+                <w:t>8545210</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981DE2" w14:textId="575A3084" w:rsidR="002A4187" w:rsidRPr="009E220A" w:rsidRDefault="00194BEE" w:rsidP="00D31E0A">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21061BEF" w14:textId="4AD477FB" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">66 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22B24054" w14:textId="75D1F550" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">58 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="1D1AE4EA" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5DC60B30" w14:textId="6DF44A3D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="338E86D6" w14:textId="72934389" w:rsidR="10D5D846" w:rsidRDefault="453FF8F2" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/01/202</w:t>
+            </w:r>
+            <w:r w:rsidR="3807B854" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06CBEC14" w14:textId="2B27B396" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="117F837A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27B46C0E" w14:textId="1F11372C" w:rsidR="10D5D846" w:rsidRDefault="1745D3DD" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00194BEE">
+            <w:hyperlink r:id="rId9">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19252514</w:t>
+                <w:t>https://www.openrunner.com/r/13367919</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="1C02E0FD" w14:textId="77777777" w:rsidR="002A4187" w:rsidRPr="001C36C0" w:rsidRDefault="00D31E0A" w:rsidP="002A4187">
+          <w:p w14:paraId="33BC30C5" w14:textId="5EACD2B4" w:rsidR="10D5D846" w:rsidRDefault="71212AB7" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531D7B">
-[...163 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId10">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10551350</w:t>
+                <w:t>https://www.openrunner.com/r/18545508</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981DE8" w14:textId="5B7FF81E" w:rsidR="00443FE0" w:rsidRPr="00596AF1" w:rsidRDefault="00596AF1" w:rsidP="00D31E0A">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4093D150" w14:textId="765F0F75" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="3C042E94" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DDF23A1" w14:textId="4209B69B" w:rsidR="10D5D846" w:rsidRDefault="69613473" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="5F2CC4A9" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="369FC694" w14:textId="3F58D794" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B0B89DA" w14:textId="59D01A01" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="25FDA84E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/01/202</w:t>
+            </w:r>
+            <w:r w:rsidR="6A0A0CFA" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4258C840" w14:textId="69DB96BC" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="5EB7043D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5ADAE3CC" w14:textId="11487BED" w:rsidR="10D5D846" w:rsidRDefault="133221B9" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00596AF1">
+            <w:hyperlink r:id="rId11">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19867887</w:t>
+                <w:t>https://www.openrunner.com/r/18453367</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="131153DE" w14:textId="77777777" w:rsidR="00443FE0" w:rsidRPr="001C36C0" w:rsidRDefault="00D31E0A" w:rsidP="00443FE0">
+          <w:p w14:paraId="132277CD" w14:textId="2781FBD3" w:rsidR="10D5D846" w:rsidRDefault="133221B9" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...160 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10716942</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00EF45E2">
+              <w:r w:rsidR="4D09BFBB" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19873501</w:t>
+                <w:t>8545759</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C492E0C" w14:textId="77777777" w:rsidR="001230CB" w:rsidRPr="001C36C0" w:rsidRDefault="00F84D67" w:rsidP="001230CB">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BEF160C" w14:textId="34148227" w:rsidR="10D5D846" w:rsidRDefault="4D09BFBB" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB60BA4" w14:textId="6502396C" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">63 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="01DC0D88" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73E19FCE" w14:textId="25DD6588" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="233B7B69" w14:textId="4EB7A356" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="6AE014C0" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="055F9780" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="4C5726E9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CE26DE3" w14:textId="509C766B" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="2D1795C1" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30A7E96D" w14:textId="0E76B8D4" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...160 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10722468</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00D64B3A">
+              <w:r w:rsidR="7A1DFFB1" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19873754</w:t>
+                <w:t>3458510</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="7E0C9609" w14:textId="77777777" w:rsidR="00FE7B8F" w:rsidRPr="001C36C0" w:rsidRDefault="00F84D67" w:rsidP="00FE7B8F">
+          <w:p w14:paraId="49EA5D29" w14:textId="77967037" w:rsidR="10D5D846" w:rsidRDefault="76423F5A" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...160 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10743431</w:t>
+                <w:t>https://www.openrunner.com/r/18564570</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981DFA" w14:textId="4FBCF154" w:rsidR="0028354C" w:rsidRPr="009E220A" w:rsidRDefault="00212084" w:rsidP="00F84D67">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="361E31EB" w14:textId="7EFAAE54" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">74 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C4CC282" w14:textId="5B1E841E" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">64 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="059FE1B7" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2618C54B" w14:textId="033CD530" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="315AA8F4" w14:textId="24C507DC" w:rsidR="10D5D846" w:rsidRDefault="5E28239E" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="00212084">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/02/202</w:t>
+            </w:r>
+            <w:r w:rsidR="44650CEE" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CC9540B" w14:textId="2E36B83E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="56C1F1D5" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A2D5701" w14:textId="278AD8F8" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19879270</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...170 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="455DB4D2" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10743575</w:t>
+                <w:t>8460150</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E00" w14:textId="735AAB6A" w:rsidR="004C0CBE" w:rsidRPr="009E220A" w:rsidRDefault="00EF5752" w:rsidP="00F84D67">
+          <w:p w14:paraId="25DC816A" w14:textId="19CA53F6" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidRPr="00EF5752">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19879698</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...194 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="0756424E" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10748888</w:t>
+                <w:t>8564836</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E06" w14:textId="0B534CEC" w:rsidR="00E85F9F" w:rsidRPr="00C81CD3" w:rsidRDefault="00C81CD3" w:rsidP="00EF7359">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A4D6794" w14:textId="271B50D5" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">72 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24A0CA17" w14:textId="41439180" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">64 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="31097D6B" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="639FDE66" w14:textId="52B3944D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="608EA9D2" w14:textId="15B80075" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="54FD09A9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/02/202</w:t>
+            </w:r>
+            <w:r w:rsidR="4625153B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FE1CB3A" w14:textId="63834786" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="2D8F43B0" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1724B2A0" w14:textId="1E89C38B" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidRPr="00C81CD3">
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19879987</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...176 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="5B90A505" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10743790</w:t>
+                <w:t>3626664</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E0C" w14:textId="7A36BB02" w:rsidR="00B421B8" w:rsidRPr="009E220A" w:rsidRDefault="001C43DA" w:rsidP="00EF7359">
+          <w:p w14:paraId="379B1421" w14:textId="74447767" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-              <w:r w:rsidRPr="001C43DA">
+            <w:hyperlink r:id="rId18">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19880363</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...176 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="3771E9E1" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10749047</w:t>
+                <w:t>8565143</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E12" w14:textId="7008D5C1" w:rsidR="002665F0" w:rsidRPr="00AA79CD" w:rsidRDefault="00AA79CD" w:rsidP="00EF7359">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00AA79CD">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1072B14D" w14:textId="634FC185" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">76 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70A1E612" w14:textId="446DBF1D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">65 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="0B153B7F" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CAD1C13" w14:textId="63F0E9D8" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B8C64E9" w14:textId="7D8BC832" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00334B63" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/02/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5240266D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12E087C1" w14:textId="091AF373" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="3761F755" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27CB5994" w14:textId="016D1A06" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19880688</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...175 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="5A394D44" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10749177</w:t>
+                <w:t>371757</w:t>
               </w:r>
-            </w:hyperlink>
-[...9 lines deleted...]
-              <w:r w:rsidRPr="005022DC">
+              <w:r w:rsidR="55E10BC3" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19881105</w:t>
+                <w:t>8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...174 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="52DB3233" w14:textId="3D2B1CB8" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10749482</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00DA2C0A">
+              <w:r w:rsidR="1CC98CE7" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19881511</w:t>
+                <w:t>8617240</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28A50C37" w14:textId="00C674EA" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">76 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A5E3C0" w14:textId="35C24975" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">64 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CIRCUIT</w:t>
             </w:r>
-            <w:r w:rsidR="00BF73F3" w:rsidRPr="001C36C0">
-              <w:rPr>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t>B</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B005D" w14:paraId="76981E26" w14:textId="77777777" w:rsidTr="00F968D7">
-[...7 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="10D5D846" w14:paraId="61A3D4B7" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="700B0D47" w14:textId="5D50F28B" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13 H 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1362" w:type="dxa"/>
-[...10 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="419AC542" w14:textId="1F7E4E98" w:rsidR="10D5D846" w:rsidRDefault="776065A8" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="13D1BD4B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="2E0791B4" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="116E7EF1" w14:textId="054B4B44" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="707D5041" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B005D">
-[...59 lines deleted...]
-              <w:r w:rsidRPr="00E102CB">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FCB3184" w14:textId="78002D75" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId21">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18410922</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...9 lines deleted...]
-              <w:r w:rsidRPr="00FC1C7C">
+              <w:r w:rsidR="5959DA16" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19914184</w:t>
+                <w:t>3717755</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...168 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="6976E731" w14:textId="203FA01C" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId22">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10749806</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...18 lines deleted...]
-              <w:r w:rsidRPr="003C117D">
+              <w:r w:rsidR="17FDE16F" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19914545</w:t>
+                <w:t>8653884</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5AD61D82" w14:textId="4FD61055" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">77 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F2A31F6" w14:textId="63EB5300" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">68 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CIRCUIT</w:t>
             </w:r>
-            <w:r w:rsidR="00ED2E61" w:rsidRPr="001C36C0">
-              <w:rPr>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t>B</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B005D" w14:paraId="76981E32" w14:textId="77777777" w:rsidTr="00F968D7">
-[...7 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="10D5D846" w14:paraId="2EE13089" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70B068DA" w14:textId="0F90D6A8" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13 H 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1362" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="697DF064" w14:textId="090A9D95" w:rsidR="10D5D846" w:rsidRDefault="4A273B92" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/03/202</w:t>
+            </w:r>
+            <w:r w:rsidR="35140831" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5731045E" w14:textId="5CA0EC0D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="1443A8C1" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3185D267" w14:textId="7FC93B23" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId23">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10749957</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...18 lines deleted...]
-              <w:r w:rsidRPr="000A731B">
+              <w:r w:rsidR="3A59657C" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19957325</w:t>
+                <w:t>3750668</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...168 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="0DD98757" w14:textId="618555E0" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId24">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10750100</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="009636BF">
+              <w:r w:rsidR="7F6CF131" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19957856</w:t>
+                <w:t>8654033</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="492E8CD7" w14:textId="77777777" w:rsidR="009636BF" w:rsidRDefault="009636BF" w:rsidP="009636BF">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D42DDAE" w14:textId="7E7E7946" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">77 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D1BDF9" w14:textId="1019F80F" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">64 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="7A8EE56B" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D4970B4" w14:textId="78D1CB22" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AC0EDE9" w14:textId="488D2088" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="6D769723" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/03/202</w:t>
+            </w:r>
+            <w:r w:rsidR="52E76609" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DAD3C96" w14:textId="6631698C" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="6447CA98" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35C7DA30" w14:textId="52BF068C" w:rsidR="10D5D846" w:rsidRDefault="6F34E5A0" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...154 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId25">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10755480</w:t>
+                <w:t>https://www.openrunner.com/r/137</w:t>
               </w:r>
-            </w:hyperlink>
-[...18 lines deleted...]
-              <w:r w:rsidRPr="009B573D">
+              <w:r w:rsidR="6EB981DE" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19958178</w:t>
+                <w:t>50991</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="4A3E4D9E" w14:textId="59AFA885" w:rsidR="009B573D" w:rsidRDefault="009636BF" w:rsidP="009B573D">
+          <w:p w14:paraId="7E984E56" w14:textId="354502F5" w:rsidR="10D5D846" w:rsidRDefault="6F34E5A0" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...272 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId26">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10755604</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00037170">
+              <w:r w:rsidR="30098FE3" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19958539</w:t>
+                <w:t>8662485</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="380FA933" w14:textId="38ADEFC6" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">81 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75EC67A1" w14:textId="6FEA0273" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">67 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CIRCUIT</w:t>
             </w:r>
-            <w:r w:rsidR="00037170" w:rsidRPr="001C36C0">
-              <w:rPr>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009636BF" w14:paraId="76981E4A" w14:textId="77777777" w:rsidTr="00F968D7">
-[...7 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="10D5D846" w14:paraId="543ABD01" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50EB01C8" w14:textId="465CB381" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13 H 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1362" w:type="dxa"/>
-[...68 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20EC1EDD" w14:textId="6B906CBC" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="417FB873" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/03/202</w:t>
+            </w:r>
+            <w:r w:rsidR="544F658B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="598766E0" w14:textId="01374DEE" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="3B4F4C4E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C2A26E4" w14:textId="2068BAC9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId27">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10757703</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="0007647B">
+              <w:r w:rsidR="5D5CF995" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19969744</w:t>
+                <w:t>3751152</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="3E0D4897" w14:textId="77777777" w:rsidR="00B31EE5" w:rsidRDefault="009636BF" w:rsidP="00B31EE5">
+          <w:p w14:paraId="05420241" w14:textId="392ACA2F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...184 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId28">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10760082</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00E63987">
+              <w:r w:rsidR="1965068C" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19970068</w:t>
+                <w:t>8662704</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42620EE4" w14:textId="77777777" w:rsidR="004A42AA" w:rsidRDefault="009636BF" w:rsidP="004A42AA">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12A6CB19" w14:textId="1E32443B" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">81 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D9E3DFE" w14:textId="380A7860" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">72 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="75E595B6" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="394009EA" w14:textId="0E86AC11" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1611E07C" w14:textId="05B8BF3B" w:rsidR="10D5D846" w:rsidRDefault="1EB12BA4" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...163 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="4218B841" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5FBF387C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="652671EB" w14:textId="71E87271" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0467023A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D609DE1" w14:textId="468822C2" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId29">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10760215</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00802B03">
+              <w:r w:rsidR="119E3027" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19970451</w:t>
+                <w:t>3751279</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...180 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="449CA364" w14:textId="72A95A10" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId30">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10760388</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="6B01C945" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8662921</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E5A" w14:textId="267C3577" w:rsidR="00942733" w:rsidRPr="00EC6F40" w:rsidRDefault="00D5222A" w:rsidP="009636BF">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E2359E5" w14:textId="53266109" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">84 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0885FED8" w14:textId="70333815" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">75 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="69714391" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="66F88F45" w14:textId="6C50BC7D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33B062D5" w14:textId="05915298" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="7EE82828" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="7424469E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1045C6F2" w14:textId="24D627C9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="3074D572" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3562C4BC" w14:textId="3E6C845D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId31">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="184E431E" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3751426</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4BD98627" w14:textId="0AC5955D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-              <w:r w:rsidRPr="00D5222A">
+            <w:hyperlink r:id="rId32">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19970723</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...176 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="100A5F4C" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10760633</w:t>
+                <w:t>8683130</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E60" w14:textId="79ECC490" w:rsidR="0014383D" w:rsidRPr="0014383D" w:rsidRDefault="0014383D" w:rsidP="009636BF">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50B8433C" w14:textId="53E0D548" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B70A591" w14:textId="7B569F44" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="02EBEDA7" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="4407CCB1" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65C6A05B" w14:textId="16A55F6A" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="755A052D" w14:textId="34AB3944" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="7F5094B0" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0D2A1063" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FE5D0DE" w14:textId="71B33CB1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="10F1E93E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3632DBAC" w14:textId="545825B6" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-              <w:r w:rsidRPr="0014383D">
+            <w:hyperlink r:id="rId33">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19971049</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...182 lines deleted...]
-              <w:r w:rsidRPr="00887625">
+              <w:r w:rsidR="5A4A7000" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19800102</w:t>
+                <w:t>8501636</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="76981E67" w14:textId="21442F84" w:rsidR="009636BF" w:rsidRPr="00A5278F" w:rsidRDefault="009636BF" w:rsidP="009636BF">
+          <w:p w14:paraId="138834FE" w14:textId="6628184E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="FF0000"/>
-[...109 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId34">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="10343ABA" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8683368</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C898721" w14:textId="78DCA94A" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">86 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11E47E06" w14:textId="50F431BF" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">75 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="6C2ECD82" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="643439CF" w14:textId="5BF7AE62" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3196C81E" w14:textId="77581FA4" w:rsidR="10D5D846" w:rsidRDefault="50C03DBF" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="7FA7C333" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="602D305F" w14:textId="4679248D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="716A9D92" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5EBC4155" w14:textId="5EB590A1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="6EE8C005" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3758765</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="72E3BBFF" w14:textId="32FF417D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId36">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="1BC387D6" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8683577</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CB1D98C" w14:textId="44D81644" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">86 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="660942CE" w14:textId="3220D778" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">79 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="0BCB6348" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FE6968E" w14:textId="30F810AF" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E252E19" w14:textId="13E54528" w:rsidR="10D5D846" w:rsidRDefault="1FA86B2F" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="173B8F4E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4ACCB977" w14:textId="3B184ED3" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0A1BC148" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A6FA07B" w14:textId="5D3A8C07" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="429536A0" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3758902</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="13CFE372" w14:textId="6AECD989" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="45449647" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8683786</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B571D7D" w14:textId="6F138C18" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">89 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4EF107" w14:textId="14EE729D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">75 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5D63EBED" w14:paraId="0A7396FB" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D03CDB0" w14:textId="3EAE9B34" w:rsidR="5D63EBED" w:rsidRDefault="5D63EBED" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FD0AFB9" w14:textId="28F39984" w:rsidR="13FF87F9" w:rsidRDefault="13FF87F9" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>01/05/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48FB5429" w14:textId="517F4F9C" w:rsidR="13FF87F9" w:rsidRDefault="13FF87F9" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>VENDREDI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F8EF36" w14:textId="5BA52498" w:rsidR="5D63EBED" w:rsidRDefault="5D63EBED" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3ED8BE01" w14:textId="3301BC64" w:rsidR="13FF87F9" w:rsidRDefault="13FF87F9" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>LA FRANCOIS BOSSEAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BC61206" w14:textId="70A9D87B" w:rsidR="5D63EBED" w:rsidRDefault="5D63EBED" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="59971E7D" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B147841" w14:textId="782C3424" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60F33773" w14:textId="618C500A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="38320A00" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="4A7F9D79" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1441E3EF" w14:textId="1216D86D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2013">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7373430A" w14:textId="5D975A92" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId39">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="5BA862E9" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3759030</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="03719112" w14:textId="6FC1AA1E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId40">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="612614EB" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8684068</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="657966B9" w14:textId="06BD35CD" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">86 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="504C48E7" w14:textId="09818915" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">75 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="40DFA225" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0176870F" w14:textId="0B609528" w:rsidR="10D5D846" w:rsidRDefault="0A14435A" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="310682F9" w14:textId="0E6AFE26" w:rsidR="10D5D846" w:rsidRDefault="0A14435A" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0A146598" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F3F1995" w14:textId="51BDF87D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="4C8718BB" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="661345DB" w14:textId="282ACAC2" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="4EBD788F" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3759200</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3C3DED98" w14:textId="24016A3C" w:rsidR="10D5D846" w:rsidRDefault="3D211124" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId42">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18836011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E2BB1D4" w14:textId="243C1C57" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">92 KMS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56973F68" w14:textId="01AF0343" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">84 KMS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="4B928AA6" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27E7BBD7" w14:textId="29D84197" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6EF75991" w14:textId="603DFBF6" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21/05/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33D2D0FA" w14:textId="6AE3A3C5" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6458E7AB" w14:textId="1FC029CF" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6724E3C0" w14:textId="5D5474E0" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId43">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="2E714EF0" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3759364</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="0DE33A97" w14:textId="4ED5C800" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="66436D10" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8843238</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1051011D" w14:textId="4ECAC6C3" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="6AD3716F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="070014FE" w14:textId="0F580102" w:rsidR="10D5D846" w:rsidRDefault="14E197C0" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="71B72F66" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="146ADD3F" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2785638F" w14:textId="05D4044F" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FDA9E24" w14:textId="1B28E8EE" w:rsidR="10D5D846" w:rsidRDefault="27E1B9B1" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="4BC125BF" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="470E6243" w14:textId="1C31A65F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="530A4817" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B365BF1" w14:textId="6B47B116" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId45">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="7B0FA228" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3759522</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3D2B428F" w14:textId="2853BC4F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId46">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="40DCCE17" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8843479</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F8D4991" w14:textId="51228CC2" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">92 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E71A6D" w14:textId="66F63183" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="5FF098C0" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="478BF131" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0802E2DC" w14:textId="3E2F43C5" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D0AA3FB" w14:textId="6F71D9D2" w:rsidR="10D5D846" w:rsidRDefault="3D13CEAF" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="6450D9AA" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="719B435F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="045D9B35" w14:textId="22C31D02" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="342954FF" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AF0A431" w14:textId="2872DC8E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId47">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="7994A9E6" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3759732</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="19E99894" w14:textId="18D373F3" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId48">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="2E3574C9" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8843776</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0DAFD67D" w14:textId="43C14A7A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="133D6138" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3132FDE9" w14:textId="07160219" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="624E1963" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78A215F6" w14:textId="7CEB9C02" w:rsidR="10D5D846" w:rsidRDefault="2082ECBF" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3DB5A350" w14:textId="296A41FF" w:rsidR="10D5D846" w:rsidRDefault="677521E6" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="26BE6552" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="2DE2FC30" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F598BA8" w14:textId="175B0D29" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="41CB72F3" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="6233F591" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D654D61" w14:textId="5203D984" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId49">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="0A5FB22E" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3778692</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="59C00C6B" w14:textId="3B8DF6E4" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId50">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="6F8F0802" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8844021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B070F90" w14:textId="7030B3D5" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0BA1A570" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F3218E4" w14:textId="63CDBEFE" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="65DED8DC" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5D63EBED" w14:paraId="7591D519" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="236CD423" w14:textId="35FE3888" w:rsidR="053066C3" w:rsidRDefault="053066C3" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">07 H </w:t>
+            </w:r>
+            <w:r w:rsidR="6E91CA1D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57342F7D" w14:textId="119F7007" w:rsidR="053066C3" w:rsidRDefault="053066C3" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18/062026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32FF5571" w14:textId="1CB7B84B" w:rsidR="053066C3" w:rsidRDefault="053066C3" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>200 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14DF80EF" w14:textId="3E17ADEA" w:rsidR="053066C3" w:rsidRDefault="053066C3" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>LA RENE SOURICE/PAYS DE</w:t>
+            </w:r>
+            <w:r w:rsidR="554B3B73" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> RETZ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BD014B3" w14:textId="7FFC9D50" w:rsidR="554B3B73" w:rsidRDefault="554B3B73" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>200 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="32B2A62F" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44B55717" w14:textId="30C76A26" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17824871" w14:textId="2D6E5F15" w:rsidR="10D5D846" w:rsidRDefault="6BA6ABF1" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="3A4929A5" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7908580E" w14:textId="2042D7E9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0AC93B37" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35A20CB4" w14:textId="30994B9E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId51">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="221AF6C3" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3800308</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4CBFAA20" w14:textId="2F6A7E59" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="5F700EB9" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8844365</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A7B4497" w14:textId="1B1F03E1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0453B48E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547A1C57" w14:textId="18154884" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="3EC8ABA9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="4298AC25" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26227A60" w14:textId="4522A229" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44252CE8" w14:textId="3B662B9D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="241A5C9C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="2BCCF641" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F48BAD6" w14:textId="3649E922" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="24EF319A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C77D008" w14:textId="7ECC771A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId53">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="0981107C" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3800720</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="376D32D0" w14:textId="64CAA6B2" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId54">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="402547E4" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8995631</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4ACE2476" w14:textId="457F2D0A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="3187550B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1992E745" w14:textId="2BBA6CAB" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="08BA2E14" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="521DC951" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AAF7AC4" w14:textId="7623E17C" w:rsidR="10D5D846" w:rsidRDefault="1BA65FB2" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7912AC6A" w14:textId="5522D3D6" w:rsidR="10D5D846" w:rsidRDefault="212C40B7" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="13AD4564" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="61C9AB20" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65AA94B5" w14:textId="594CD839" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="6A711E54" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60EC2A4F" w14:textId="100B54D1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId55">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="5EB325DB" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3800968</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6BBD7EE6" w14:textId="2F40C533" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="1F809B8D" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8996012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20638929" w14:textId="2BA0FE03" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">95 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739D604F" w14:textId="3093F6CB" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="4AC634D9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="41265A8A" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2604FB85" w14:textId="29F87964" w:rsidR="10D5D846" w:rsidRDefault="20B584C4" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FB34114" w14:textId="51BCE091" w:rsidR="10D5D846" w:rsidRDefault="20B584C4" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="5EF4EB0F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/07/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FCC9B0B" w14:textId="45284CF1" w:rsidR="10D5D846" w:rsidRDefault="20B584C4" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>JE027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68563094" w14:textId="633241D3" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId57">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="3554ABDD" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8460372</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1B287127" w14:textId="34D98476" w:rsidR="10D5D846" w:rsidRDefault="3554ABDD" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId58">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18996436</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71A21A28" w14:textId="3D88DFEE" w:rsidR="10D5D846" w:rsidRDefault="3554ABDD" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">94 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="00054377" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65B091BD" w14:textId="76448CDD" w:rsidR="10D5D846" w:rsidRDefault="3554ABDD" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="1C250670" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="1BF74D12" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0463829A" w14:textId="2B5D4C52" w:rsidR="10D5D846" w:rsidRDefault="11924A7B" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H </w:t>
+            </w:r>
+            <w:r w:rsidR="26036BDC" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6554C66D" w14:textId="691DB370" w:rsidR="10D5D846" w:rsidRDefault="26036BDC" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>16/07/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55C89020" w14:textId="4DCFD9B9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0F862D3C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="192E3645" w14:textId="74A346BB" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId59">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10760786</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="0030443A">
+              <w:r w:rsidR="7C29890C" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19975214</w:t>
+                <w:t>3801271</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="6D5B2A36" w14:textId="527FEF86" w:rsidR="001311F1" w:rsidRDefault="009636BF" w:rsidP="001311F1">
+          <w:p w14:paraId="32912EB2" w14:textId="746A9D24" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...188 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-              <w:r w:rsidRPr="002638A1">
+            <w:hyperlink r:id="rId60">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="02E127F4" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>8996638</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44D5ABE5" w14:textId="6E4A9C8E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="71FFEE1A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="00054377" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E3B966B" w14:textId="17BD1359" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="3EA2189B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="094012A8" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="377079E5" w14:textId="26FE8F06" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="258110A7" w14:textId="04BB24BB" w:rsidR="10D5D846" w:rsidRDefault="5478753D" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/07/202</w:t>
+            </w:r>
+            <w:r w:rsidR="357396BB" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="299EDF37" w14:textId="0FC82596" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0E81759A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B47E5CA" w14:textId="36F2431C" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId61">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18411019</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="003D2F13">
+              <w:r w:rsidR="66DCC642" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19975557</w:t>
+                <w:t>3919683</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="48FBDCF6" w14:textId="77777777" w:rsidR="0044387C" w:rsidRDefault="009636BF" w:rsidP="0044387C">
+          <w:p w14:paraId="17A5D07E" w14:textId="32DFEC2D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...179 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId62">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10768452</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="0062051A">
+              <w:r w:rsidR="26B3A3F8" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19975835</w:t>
+                <w:t>8997072</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="542BEA45" w14:textId="4A0A94CA" w:rsidR="10D5D846" w:rsidRDefault="26B3A3F8" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+            <w:r w:rsidR="04C01C36" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS     </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F245A3" w14:textId="5872596F" w:rsidR="10D5D846" w:rsidRDefault="21405BEF" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CIRCUIT</w:t>
             </w:r>
-            <w:r w:rsidR="00FA0F5F">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...43 lines deleted...]
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009636BF" w14:paraId="76981E80" w14:textId="77777777" w:rsidTr="00F968D7">
-[...96 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+      <w:tr w:rsidR="10D5D846" w14:paraId="2D7A7080" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E2672C0" w14:textId="38C0E5AD" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F386865" w14:textId="77041A93" w:rsidR="10D5D846" w:rsidRDefault="3E3997A4" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/07/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0911FAE3" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F400921" w14:textId="394A81C1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="647F9DCE" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="163FDF6D" w14:textId="35BD555E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId63">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10768327</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...9 lines deleted...]
-              <w:r w:rsidRPr="00212940">
+              <w:r w:rsidR="4F1EDC9C" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19976184</w:t>
+                <w:t>3919839</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...199 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="17F4869B" w14:textId="31D3AECE" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId64">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10768204</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00E84BA2">
+              <w:r w:rsidR="25D71BAA" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19976568</w:t>
+                <w:t>9048871</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F473F9A" w14:textId="77777777" w:rsidR="00051689" w:rsidRDefault="00051689" w:rsidP="00051689">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6969B729" w14:textId="0DBE7C38" w:rsidR="10D5D846" w:rsidRDefault="0520E7C1" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS     </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30683E86" w14:textId="3F7C2296" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="7E8A0820" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="7E43A3B4" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C3CB545" w14:textId="5ADEBA8A" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42F9762F" w14:textId="1EECDB7A" w:rsidR="10D5D846" w:rsidRDefault="604DD097" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="086D9914" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="6BBA8524" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0197EA6D" w14:textId="0C4CC745" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="66FEE8B3" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>031</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56546C3F" w14:textId="67FE7EC5" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="C00000"/>
-[...179 lines deleted...]
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-              <w:r w:rsidRPr="009E220A">
+            <w:hyperlink r:id="rId65">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10768060</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...18 lines deleted...]
-              <w:r w:rsidRPr="00992DF4">
+              <w:r w:rsidR="69C6599F" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20004995</w:t>
+                <w:t>8460555</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...193 lines deleted...]
-              <w:r w:rsidRPr="000E2FAF">
+          <w:p w14:paraId="76A6A0C8" w14:textId="0D0D83B1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId66">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18411203</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="6551B823" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>9049842</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E90" w14:textId="172B0747" w:rsidR="000C51CA" w:rsidRPr="00CB7792" w:rsidRDefault="00FF323D" w:rsidP="00051689">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A18AAB8" w14:textId="154BD6B7" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="3E65467A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F390734" w14:textId="51D19251" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="398BE9D5" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1087A2F9" w14:textId="057EA66F" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33F2296E" w14:textId="06B91B7C" w:rsidR="10D5D846" w:rsidRDefault="2ABB85EE" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="52253D1E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="3306CA55" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B533BD1" w14:textId="1DFBE70F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE0</w:t>
+            </w:r>
+            <w:r w:rsidR="0D1016AC" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AEEC602" w14:textId="5F241B31" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
-              <w:r w:rsidRPr="00CB7792">
+            <w:hyperlink r:id="rId67">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="7E1B5F9F" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>8460700</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5C7A7349" w14:textId="7B445D53" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId68">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="6B5CF913" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>9050220</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="361A4F02" w14:textId="403B06A4" w:rsidR="10D5D846" w:rsidRDefault="7042707F" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS     </w:t>
+            </w:r>
+            <w:r w:rsidR="254574EE" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C445231" w14:textId="367ADE10" w:rsidR="10D5D846" w:rsidRDefault="66BA7B67" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5D63EBED" w14:paraId="221929F8" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E3D3124" w14:textId="49678DDB" w:rsidR="3CBC98BE" w:rsidRDefault="3CBC98BE" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="66AD4D5C" w14:textId="463E7B87" w:rsidR="3CBC98BE" w:rsidRDefault="3CBC98BE" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15/08/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01DE47E9" w14:textId="6AC21F0D" w:rsidR="3CBC98BE" w:rsidRDefault="3CBC98BE" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SAMEDI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE0120C" w14:textId="5E1A4D75" w:rsidR="5D63EBED" w:rsidRDefault="5D63EBED" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41634766" w14:textId="7FD8D8CC" w:rsidR="3CBC98BE" w:rsidRDefault="3CBC98BE" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>RANDONNEE LA CHAPELLE DU GENET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="226329B4" w14:textId="1FDC1F58" w:rsidR="5D63EBED" w:rsidRDefault="5D63EBED" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="14EF96A7" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BBF9714" w14:textId="1240E243" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E2B12F7" w14:textId="69CC2951" w:rsidR="10D5D846" w:rsidRDefault="61457C3B" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="2A081B29" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="397E461F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54F03D7A" w14:textId="300A0688" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="1694A3C8" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>033</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C274C9A" w14:textId="5E7F0BF2" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId69">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="0EC8E85E" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3926574</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4CF62B48" w14:textId="3A3B5592" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId70">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-              <w:r w:rsidR="000163BD" w:rsidRPr="00CB7792">
+              <w:r w:rsidR="7B8EC217" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>2000</w:t>
+                <w:t>19050562</w:t>
               </w:r>
-              <w:r w:rsidR="00CB7792" w:rsidRPr="00CB7792">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DB66F71" w14:textId="6668FAB8" w:rsidR="10D5D846" w:rsidRDefault="5BAAA00F" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS    </w:t>
+            </w:r>
+            <w:r w:rsidR="3149E03D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7D815B37" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49EC4FA4" w14:textId="44A4397D" w:rsidR="10D5D846" w:rsidRDefault="61700A80" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="79FE06A9" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07A13A51" w14:textId="3865BD7D" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CB5C860" w14:textId="49413BDC" w:rsidR="10D5D846" w:rsidRDefault="3416334D" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/08/202</w:t>
+            </w:r>
+            <w:r w:rsidR="3200F247" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D50E8F3" w14:textId="3747F69E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="539F83C9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>034</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1662C357" w14:textId="28A617E9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId71">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>5293</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...201 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="1709D39D" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10767683</w:t>
+                <w:t>8461054</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00FA64F0">
-[...17 lines deleted...]
-              <w:r w:rsidRPr="006144D2">
+          </w:p>
+          <w:p w14:paraId="0360CFF9" w14:textId="50D35341" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId72">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20043544</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...322 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="75A11E35" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18411478</w:t>
+                <w:t>19085450</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981E9C" w14:textId="2B47616B" w:rsidR="006B2DF1" w:rsidRPr="009E220A" w:rsidRDefault="006B2DF1" w:rsidP="00051689">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31B092BF" w14:textId="101221FB" w:rsidR="10D5D846" w:rsidRDefault="75A11E35" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225519B9" w14:textId="0AE6D8A1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="5F737E15" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="51DB9079" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CE62764" w14:textId="1B3FDFD9" w:rsidR="10D5D846" w:rsidRDefault="14BACABB" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E0C440E" w14:textId="36A6366F" w:rsidR="10D5D846" w:rsidRDefault="634B5C6E" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="7D901CD2" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="1FCB7660" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17751EA1" w14:textId="2EFBD3F3" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0CCBF76A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>035</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="539CFA49" w14:textId="20506FF9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
-              <w:r w:rsidRPr="006B2DF1">
+            <w:hyperlink r:id="rId73">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20043808</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...201 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="1CB0BE33" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10767416</w:t>
+                <w:t>3926871</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EA2" w14:textId="2FAD0EC5" w:rsidR="00A50C66" w:rsidRPr="009E220A" w:rsidRDefault="00A50C66" w:rsidP="00051689">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00A50C66">
+          <w:p w14:paraId="5AAF08F5" w14:textId="32D3016D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId74">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20043994</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
+              </w:r>
+              <w:r w:rsidR="0414EA0B" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>19085725</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4557D07E" w14:textId="77777777" w:rsidR="00FD6D8B" w:rsidRDefault="00051689" w:rsidP="00FD6D8B">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="503F0E43" w14:textId="69F4B116" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">94 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="773671B2" w14:textId="4A070B45" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5D63EBED" w14:paraId="07B6044C" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C6E3FCA" w14:textId="400ABEA0" w:rsidR="7C33AFE9" w:rsidRDefault="7C33AFE9" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68C48891" w14:textId="03CB43B0" w:rsidR="7C33AFE9" w:rsidRDefault="7C33AFE9" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/09/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="348D9312" w14:textId="59DA7ADE" w:rsidR="5D63EBED" w:rsidRDefault="5D63EBED" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C3A167B" w14:textId="7101CC31" w:rsidR="7C33AFE9" w:rsidRDefault="7C33AFE9" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...169 lines deleted...]
-              <w:r w:rsidRPr="00336865">
+            <w:hyperlink r:id="rId75">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="1F497D" w:themeColor="text2"/>
+                  <w:bCs/>
+                  <w:color w:val="C00000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>RECONNAISSANCE</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-          <w:p w14:paraId="76981EA9" w14:textId="572F32B9" w:rsidR="00051689" w:rsidRPr="00336865" w:rsidRDefault="00051689" w:rsidP="00051689">
+              <w:t xml:space="preserve"> CŒUR DES MAUGES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38E48F4B" w14:textId="22DC3E94" w:rsidR="7C33AFE9" w:rsidRDefault="7C33AFE9" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>80 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="40F91CD2" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26CF8D9D" w14:textId="364741A6" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00336865">
-[...2 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B25945D" w14:textId="522F32B1" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="786FC287" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r>
-[...91 lines deleted...]
-          <w:p w14:paraId="7DC83481" w14:textId="77777777" w:rsidR="00051689" w:rsidRDefault="00051689" w:rsidP="00051689">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/09/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BBA9831" w14:textId="2BE229CD" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:rStyle w:val="Lienhypertexte"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
-              <w:r w:rsidRPr="004601AE">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="774D1192" w14:textId="05C2D95E" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId76">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18411723</w:t>
+                <w:t>https://www.openrunner.com/r/18461257</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EAE" w14:textId="0307C0CE" w:rsidR="004F02E7" w:rsidRPr="00B96612" w:rsidRDefault="00B96612" w:rsidP="00051689">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00B96612">
+          <w:p w14:paraId="223C3FBD" w14:textId="675BAA8B" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId77">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20044223</w:t>
+                <w:t>https://www.openrunner.com/r/19085933</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6EEAE2CC" w14:textId="4956D23B" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">88 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E0EA60" w14:textId="1D6A8E18" w:rsidR="10D5D846" w:rsidRDefault="6A69DA76" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">79 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CIRCUIT</w:t>
             </w:r>
-            <w:r w:rsidR="00366664">
-[...2 lines deleted...]
-                <w:color w:val="C0504D" w:themeColor="accent2"/>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00366664" w:rsidRPr="001C36C0">
-[...55 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00051689" w14:paraId="76981EB6" w14:textId="77777777" w:rsidTr="00F968D7">
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+      <w:tr w:rsidR="10D5D846" w14:paraId="11470501" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EB19EF5" w14:textId="2CF9682A" w:rsidR="10D5D846" w:rsidRDefault="7A6074E7" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13 H 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1362" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A6A420D" w14:textId="17840D47" w:rsidR="10D5D846" w:rsidRDefault="60B3AFAF" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="50D53E6E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:r w:rsidR="41F22A7D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="67AFF44A" w14:textId="3529ABF5" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="0771EF63" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>037</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="355D2B73" w14:textId="5691DF5B" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId78">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10763749</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00E001B1">
+              <w:r w:rsidR="32B141E9" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20210612</w:t>
+                <w:t>3934481</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...182 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="50D55B4B" w14:textId="44673C3C" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId79">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10763591</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...8 lines deleted...]
-              <w:r w:rsidRPr="009E7E19">
+              <w:r w:rsidR="13682A56" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20210867</w:t>
+                <w:t>1</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="0B18AF0B" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18411894</w:t>
+                <w:t>9086310</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EC0" w14:textId="2782E260" w:rsidR="005E6275" w:rsidRPr="009E220A" w:rsidRDefault="00486535" w:rsidP="00051689">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00486535">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75F23A2E" w14:textId="3B6D69F9" w:rsidR="10D5D846" w:rsidRDefault="13682A56" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C3398A0" w14:textId="57DDF5CD" w:rsidR="10D5D846" w:rsidRDefault="557A310C" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="54DA6C0B" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19E8F2B6" w14:textId="41D7F45C" w:rsidR="10D5D846" w:rsidRDefault="49F466CA" w:rsidP="5D63EBED">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BCECA79" w14:textId="5CFA7F46" w:rsidR="10D5D846" w:rsidRDefault="49F466CA" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="5B300584" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="3428BEA1" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6790ACC2" w14:textId="60AB2619" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="67B8BA41" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>038</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12C03F43" w14:textId="5A795BE0" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId80">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20211070</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="5F7FC553" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10743117</w:t>
+                <w:t>3934574</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EC6" w14:textId="15B2E42E" w:rsidR="00D06C78" w:rsidRPr="00914B2E" w:rsidRDefault="00914B2E" w:rsidP="00051689">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00914B2E">
+          <w:p w14:paraId="4107C8E9" w14:textId="72755E04" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId81">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20211229</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...208 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="01894B85" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10742955</w:t>
+                <w:t>19086750</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981ECC" w14:textId="3C5A6CCB" w:rsidR="00151A1B" w:rsidRPr="00EF26BB" w:rsidRDefault="00EF26BB" w:rsidP="00051689">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60167550" w14:textId="0ABB509E" w:rsidR="10D5D846" w:rsidRDefault="01894B85" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C24E6D6" w14:textId="1FD6D019" w:rsidR="10D5D846" w:rsidRDefault="6A8B25AB" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="4B542E1D" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="150E5CCC" w14:textId="1B9A3422" w:rsidR="10D5D846" w:rsidRDefault="3AB7A6E3" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="119478C6" w14:textId="4295E7BD" w:rsidR="10D5D846" w:rsidRDefault="7AA652B1" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-              <w:r w:rsidRPr="00EF26BB">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="5C677374" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="2A170C43" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="5C677374" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E52F760" w14:textId="7F4B4267" w:rsidR="10D5D846" w:rsidRDefault="5C677374" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE039</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12B9F8DC" w14:textId="6AAA12BC" w:rsidR="10D5D846" w:rsidRDefault="29980F25" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId82">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20211458</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="317A3C7B" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18412100</w:t>
+                <w:t>8412780</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981ED2" w14:textId="0FF93290" w:rsidR="004979D3" w:rsidRPr="009E220A" w:rsidRDefault="00627964" w:rsidP="00051689">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00627964">
+          <w:p w14:paraId="6AF60158" w14:textId="4A3399A2" w:rsidR="10D5D846" w:rsidRDefault="29980F25" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId83">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20211652</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...190 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="1B8499F9" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10725332</w:t>
+                <w:t>19115625</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981ED8" w14:textId="466CD80D" w:rsidR="007C2AB9" w:rsidRPr="00586789" w:rsidRDefault="00586789" w:rsidP="00051689">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00586789">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AB32417" w14:textId="496AB117" w:rsidR="10D5D846" w:rsidRDefault="1B8499F9" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">77 </w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66CD4103" w14:textId="07BDD522" w:rsidR="10D5D846" w:rsidRDefault="0DD98F4B" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="77BC6781" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="2C482068" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="384BC85A" w14:textId="76F1BB74" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A5808C4" w14:textId="434D8331" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="03430255" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0E784666" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="2E1E7C15" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CF89BAE" w14:textId="15F46549" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="1F978C6F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FB9F55A" w14:textId="0DDAB8C9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId84">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20221705</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="53ECEFF6" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10725255</w:t>
+                <w:t>3948372</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EDE" w14:textId="4A20D46B" w:rsidR="00672C95" w:rsidRPr="00FC09BF" w:rsidRDefault="00FC09BF" w:rsidP="00051689">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00FC09BF">
+          <w:p w14:paraId="3592E3C4" w14:textId="7E91953B" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId85">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20221973</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="36296044" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10725151</w:t>
+                <w:t>19115844</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EE4" w14:textId="18B441AF" w:rsidR="00993292" w:rsidRPr="009E220A" w:rsidRDefault="00F447B5" w:rsidP="00051689">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00F447B5">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6111EDC8" w14:textId="4620BF3B" w:rsidR="10D5D846" w:rsidRDefault="36296044" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70564573" w14:textId="639E6273" w:rsidR="10D5D846" w:rsidRDefault="29DD4F09" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="4822CE5E" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58E5CD32" w14:textId="1842D9D7" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1FD9D0A0" w14:textId="11301D78" w:rsidR="10D5D846" w:rsidRDefault="6BA6BE72" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="711FFB1F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="2E9E2B5F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5158AF35" w14:textId="4CF0A7C1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="6C2A133C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="131CB85F" w14:textId="48605436" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId86">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20222211</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="1E8FF661" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10724939</w:t>
+                <w:t>3948465</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EEA" w14:textId="1DBB677D" w:rsidR="00C1704E" w:rsidRPr="00BC7E40" w:rsidRDefault="00BC7E40" w:rsidP="00051689">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00BC7E40">
+          <w:p w14:paraId="12BD16DE" w14:textId="2C593908" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId87">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20245896</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...184 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="276861FF" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10724774</w:t>
+                <w:t>19116046</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="76981EF0" w14:textId="59333D7F" w:rsidR="00CC6424" w:rsidRPr="00757C09" w:rsidRDefault="00757C09" w:rsidP="00051689">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AAD95CF" w14:textId="29EE9A3A" w:rsidR="10D5D846" w:rsidRDefault="276861FF" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EDAFACF" w14:textId="41C53031" w:rsidR="10D5D846" w:rsidRDefault="1CFEEF03" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="5E13FC75" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11F18F22" w14:textId="1C99C8D3" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E645E84" w14:textId="3A723FBF" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
-              <w:r w:rsidRPr="00757C09">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="548219EC" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="549F2136" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0B8B217C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FED8C1A" w14:textId="3612CF28" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="3FB79BAA" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11960946" w14:textId="64E08B4F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId88">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/20246166</w:t>
+                <w:t>https://www.openrunner.com/r/1</w:t>
               </w:r>
-            </w:hyperlink>
-[...192 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="702A4B52" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10724627</w:t>
+                <w:t>3948571</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...102 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+          <w:p w14:paraId="2563A3D6" w14:textId="1D76F756" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId89">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18412232</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...104 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+              <w:r w:rsidR="39CB3EC1" w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/17924166</w:t>
+                <w:t>19116339</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...12 lines deleted...]
-              <w:t>KMS</w:t>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="463B4E0F" w14:textId="3D3CD4EF" w:rsidR="10D5D846" w:rsidRDefault="39CB3EC1" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67DF9007" w14:textId="10474E5A" w:rsidR="10D5D846" w:rsidRDefault="201E2F18" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00051689" w14:paraId="76981F0A" w14:textId="77777777" w:rsidTr="00F968D7">
-[...13 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:tr w:rsidR="10D5D846" w14:paraId="14C9DC06" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E671A7E" w14:textId="76FEB10B" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13 H 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1362" w:type="dxa"/>
-[...24 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77E53715" w14:textId="5CEFA399" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="7994BFE8" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...34 lines deleted...]
-              <w:r w:rsidRPr="009E220A">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="55D819CD" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="17A9397E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0650FDC0" w14:textId="2269EDF1" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="27A877E0" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="078B7AFE" w14:textId="5C477E75" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId90">
+              <w:r w:rsidRPr="5D63EBED">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="293D839A" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3948650</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3C68DCFB" w14:textId="6915B07F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId91">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/</w:t>
+              </w:r>
+              <w:r w:rsidR="2C7A7F00" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>19116539</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F3240FC" w14:textId="26727EB3" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="6445DCD9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="571FD129" w14:textId="2F321928" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="42FC5D70" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="05737DA0" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F4D8B02" w14:textId="43B9D5D9" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74A74465" w14:textId="06B062B9" w:rsidR="10D5D846" w:rsidRDefault="74051EBE" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="4B15E7A7" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="274446B2" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B4FF683" w14:textId="05AA0EE0" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE0</w:t>
+            </w:r>
+            <w:r w:rsidR="4A7A3A2B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4413B09D" w14:textId="522ADF09" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId92">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="74205CCF" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3948788</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="77504DFA" w14:textId="35C46CC4" w:rsidR="10D5D846" w:rsidRDefault="3C2D8CD4" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId93">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/19116841</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3587246E" w14:textId="32668791" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="6F5CCEA4" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="2493493C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A56C0C3" w14:textId="32949B5A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="37B0A3A9" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="585B2F03" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="6D710AF9" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42E8F3A0" w14:textId="69821D54" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14D82338" w14:textId="4B60FC5A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="3BA2EFE8" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="51FB3456" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0900D524" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76BA4C69" w14:textId="548D916E" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="430890B2" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56AD5270" w14:textId="79F10629" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId94">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="643A9913" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3949136</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="295EF143" w14:textId="54692532" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId95">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/</w:t>
+              </w:r>
+              <w:r w:rsidR="116D51D0" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>19194392</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34BD29DD" w14:textId="531EE5B6" w:rsidR="10D5D846" w:rsidRDefault="2B37C616" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346A1BF9" w14:textId="33FCAB7A" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="6709F15E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="72608634" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A9B23AD" w14:textId="410D2540" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EF303A5" w14:textId="26FDC36D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="560400C8" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="68130A1B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="61DDCEE3" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51F2B9E3" w14:textId="12E60D75" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="4D8954BB" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>046</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="762115DC" w14:textId="34DF780D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId96">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="1ECB1891" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3949260</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="51A7A4CE" w14:textId="6892E265" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId97">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/</w:t>
+              </w:r>
+              <w:r w:rsidR="1382CCF2" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>19194607</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C06BB2B" w14:textId="27A5DD13" w:rsidR="10D5D846" w:rsidRDefault="35758C47" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">69 </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30396506" w14:textId="3BCF5A1E" w:rsidR="10D5D846" w:rsidRDefault="7CE63708" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="2E07143D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="0A10832A" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CAE104D" w14:textId="19C2DBB9" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="782FB12C" w14:textId="4D6A1BA7" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="7B2029B7" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="58ECFE8B" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="1339A509" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F51E19F" w14:textId="2E9841A9" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="2BE52D5C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73732ADF" w14:textId="1151CE5F" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId98">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="024996F8" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3949350</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="62176B05" w14:textId="38376C3C" w:rsidR="10D5D846" w:rsidRDefault="2C159908" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId99">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="08F4182C" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>9194764</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07DA838D" w14:textId="166793A9" w:rsidR="10D5D846" w:rsidRDefault="3EAEFF47" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E10F83F" w14:textId="1A5F0F95" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="46BE847E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CIRCUIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="4EA2C56E" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13F25304" w14:textId="3C21A17F" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BC3F562" w14:textId="7EF8DEED" w:rsidR="10D5D846" w:rsidRDefault="57DCD9E0" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="6CF8F6C5" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="10CFF760" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B5297A3" w14:textId="5C371456" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="49937ED7" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74D53FD6" w14:textId="34CC832B" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId100">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="1B067D8E" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>3949469</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39839C4A" w14:textId="73807E57" w:rsidR="10D5D846" w:rsidRDefault="6DC507A7" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="5DAE29A6" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2049D580" w14:textId="33620046" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="2E26A3D5" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="688CA4D0" w14:textId="0E8F45D2" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="10D5D846">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0952A652" w14:textId="3613A892" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="6E8157E3" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="37765BDC" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="1AA9B089" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C27AC29" w14:textId="4810E53D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="441EFB5F" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>049</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30809651" w14:textId="67E7D248" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId101">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="5F89CEA2" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>7927501</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06089E8C" w14:textId="260BA4F8" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="2FC59F89" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4595A9FF" w14:textId="782B8211" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="48626552" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BF7BE0B" w14:textId="751FB832" w:rsidR="10D5D846" w:rsidRDefault="010ADC69" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H </w:t>
+            </w:r>
+            <w:r w:rsidR="7DA3052E" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F900C75" w14:textId="59E8F893" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="719C84BD" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="0F83BECE" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C81F8C5" w14:textId="481C6FAD" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidR="49ECF1F2" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A95AC36" w14:textId="2593AC12" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId102">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="25D9F254" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>7860278</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E209058" w14:textId="1BCE941D" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="60096D7D" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>KMS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B994132" w14:textId="3BF8F189" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="45958048" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5EB380D0" w14:textId="1B5A9019" w:rsidR="10D5D846" w:rsidRDefault="01D144DF" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BBECEA7" w14:textId="14553129" w:rsidR="10D5D846" w:rsidRDefault="6D3AE2FD" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0E283A4C" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F9DAA8B" w14:textId="11D2366F" w:rsidR="10D5D846" w:rsidRDefault="2E44DDAB" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>64 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B3F6D1C" w14:textId="0255C4ED" w:rsidR="10D5D846" w:rsidRDefault="2E44DDAB" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId103">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.openrunner.com/r/13952444</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2367" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="76981F09" w14:textId="7F87EF25" w:rsidR="00051689" w:rsidRPr="00A5278F" w:rsidRDefault="00051689" w:rsidP="00051689">
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B9C06F1" w14:textId="42E45E6A" w:rsidR="10D5D846" w:rsidRDefault="7D56F6C3" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>LA GERARD NAUD</w:t>
+            </w:r>
+            <w:r w:rsidR="2C1DAD08" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="41514A99" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65B4BE89" w14:textId="5843E3F0" w:rsidR="10D5D846" w:rsidRDefault="01166EB7" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>13 H 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09ED0370" w14:textId="5D71E7AD" w:rsidR="10D5D846" w:rsidRDefault="01166EB7" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02994EAC" w14:textId="11D2366F" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="5D63EBED">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5278F">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>64 KMS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C982C6F" w14:textId="1277422C" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MARDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69CB15F7" w14:textId="634F8B3C" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId104">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/13952444</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FF00C29" w14:textId="418947E6" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="10D5D846">
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>LA GERARD NAUD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00051689" w14:paraId="76981F10" w14:textId="77777777" w:rsidTr="00F968D7">
-[...34 lines deleted...]
-                <w:color w:val="FF0000"/>
+      <w:tr w:rsidR="10D5D846" w14:paraId="2B81765F" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11B0942E" w14:textId="081640AC" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36ECAA5F" w14:textId="3A0012AB" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>31/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="471B9A5D" w14:textId="436FC940" w:rsidR="10D5D846" w:rsidRDefault="5E2E0D04" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JE111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="531B344E" w14:textId="71016478" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="10D5D846">
+            <w:hyperlink r:id="rId105">
+              <w:r w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/1</w:t>
+              </w:r>
+              <w:r w:rsidR="246D3847" w:rsidRPr="5D63EBED">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>9880363</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51B03889" w14:textId="37E90EC3" w:rsidR="10D5D846" w:rsidRDefault="2C1DAD08" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="571ABEC0" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="05CC854A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="05CC854A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="05CC854A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C0504D"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT </w:t>
+            </w:r>
+            <w:r w:rsidR="05CC854A" w:rsidRPr="5D63EBED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="10D5D846" w14:paraId="320C39B2" w14:textId="77777777" w:rsidTr="5D63EBED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BAA3715" w14:textId="7D0B2442" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04C25D54" w14:textId="5444CAD2" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11688C0D" w14:textId="53269E88" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="120E41C5" w14:textId="5B3D5501" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...17 lines deleted...]
-            </w:r>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BB381F1" w14:textId="327099B7" w:rsidR="10D5D846" w:rsidRDefault="10D5D846" w:rsidP="5D63EBED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76981F11" w14:textId="77777777" w:rsidR="000B005D" w:rsidRPr="000B005D" w:rsidRDefault="000B005D" w:rsidP="000B005D"/>
-    <w:sectPr w:rsidR="000B005D" w:rsidRPr="000B005D" w:rsidSect="000B005D">
+    <w:p w14:paraId="3BFEFB25" w14:textId="35540841" w:rsidR="00F7426C" w:rsidRDefault="00F7426C"/>
+    <w:sectPr w:rsidR="00F7426C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000B005D"/>
-[...278 lines deleted...]
-    <w:rsid w:val="00FF323D"/>
+    <w:rsidRoot w:val="23CD9520"/>
+    <w:rsid w:val="00054377"/>
+    <w:rsid w:val="00145DC4"/>
+    <w:rsid w:val="001A3AD0"/>
+    <w:rsid w:val="00221408"/>
+    <w:rsid w:val="0027345D"/>
+    <w:rsid w:val="00321916"/>
+    <w:rsid w:val="00334B63"/>
+    <w:rsid w:val="004FC528"/>
+    <w:rsid w:val="00724525"/>
+    <w:rsid w:val="008E2013"/>
+    <w:rsid w:val="009E2E69"/>
+    <w:rsid w:val="009F242F"/>
+    <w:rsid w:val="009F7552"/>
+    <w:rsid w:val="00A63CBF"/>
+    <w:rsid w:val="00B532E9"/>
+    <w:rsid w:val="00C143C2"/>
+    <w:rsid w:val="00C758AE"/>
+    <w:rsid w:val="00EA515A"/>
+    <w:rsid w:val="00F45878"/>
+    <w:rsid w:val="00F7426C"/>
+    <w:rsid w:val="010ADC69"/>
+    <w:rsid w:val="01166EB7"/>
+    <w:rsid w:val="01894B85"/>
+    <w:rsid w:val="01ADCB37"/>
+    <w:rsid w:val="01D144DF"/>
+    <w:rsid w:val="0207BA1A"/>
+    <w:rsid w:val="024996F8"/>
+    <w:rsid w:val="028D9161"/>
+    <w:rsid w:val="02E127F4"/>
+    <w:rsid w:val="02EBEDA7"/>
+    <w:rsid w:val="03430255"/>
+    <w:rsid w:val="034BF0EA"/>
+    <w:rsid w:val="03A3DD88"/>
+    <w:rsid w:val="03AD32C8"/>
+    <w:rsid w:val="0414EA0B"/>
+    <w:rsid w:val="0453B48E"/>
+    <w:rsid w:val="0467023A"/>
+    <w:rsid w:val="04798405"/>
+    <w:rsid w:val="04C01C36"/>
+    <w:rsid w:val="04EDFB03"/>
+    <w:rsid w:val="0520E7C1"/>
+    <w:rsid w:val="053066C3"/>
+    <w:rsid w:val="055F9780"/>
+    <w:rsid w:val="057A937D"/>
+    <w:rsid w:val="05CC854A"/>
+    <w:rsid w:val="05DC0C3E"/>
+    <w:rsid w:val="060FA24D"/>
+    <w:rsid w:val="066D2729"/>
+    <w:rsid w:val="0736EBA3"/>
+    <w:rsid w:val="0756424E"/>
+    <w:rsid w:val="0771EF63"/>
+    <w:rsid w:val="086D9914"/>
+    <w:rsid w:val="086E6CB8"/>
+    <w:rsid w:val="08BA2E14"/>
+    <w:rsid w:val="08E70A92"/>
+    <w:rsid w:val="08F4182C"/>
+    <w:rsid w:val="08F62DAB"/>
+    <w:rsid w:val="0900D524"/>
+    <w:rsid w:val="0911FAE3"/>
+    <w:rsid w:val="092B7E11"/>
+    <w:rsid w:val="0981107C"/>
+    <w:rsid w:val="09B25449"/>
+    <w:rsid w:val="0A14435A"/>
+    <w:rsid w:val="0A146598"/>
+    <w:rsid w:val="0A1BC148"/>
+    <w:rsid w:val="0A2D00BD"/>
+    <w:rsid w:val="0A5FB22E"/>
+    <w:rsid w:val="0A931FD0"/>
+    <w:rsid w:val="0AC93B37"/>
+    <w:rsid w:val="0AD3091A"/>
+    <w:rsid w:val="0AE59C35"/>
+    <w:rsid w:val="0B18AF0B"/>
+    <w:rsid w:val="0B5A3A09"/>
+    <w:rsid w:val="0B6E944A"/>
+    <w:rsid w:val="0B8B217C"/>
+    <w:rsid w:val="0B90013D"/>
+    <w:rsid w:val="0BA1A570"/>
+    <w:rsid w:val="0BA2BA0A"/>
+    <w:rsid w:val="0C14346E"/>
+    <w:rsid w:val="0C1BFD1A"/>
+    <w:rsid w:val="0C2A7063"/>
+    <w:rsid w:val="0C4B60EC"/>
+    <w:rsid w:val="0CCBF76A"/>
+    <w:rsid w:val="0CDCAAB1"/>
+    <w:rsid w:val="0D1016AC"/>
+    <w:rsid w:val="0D2A1063"/>
+    <w:rsid w:val="0DD98F4B"/>
+    <w:rsid w:val="0DE4C3CA"/>
+    <w:rsid w:val="0E283A4C"/>
+    <w:rsid w:val="0E6A6A3C"/>
+    <w:rsid w:val="0E784666"/>
+    <w:rsid w:val="0E81759A"/>
+    <w:rsid w:val="0E88FC1E"/>
+    <w:rsid w:val="0EC8E85E"/>
+    <w:rsid w:val="0F3F83E4"/>
+    <w:rsid w:val="0F77682C"/>
+    <w:rsid w:val="0F83BECE"/>
+    <w:rsid w:val="0F862D3C"/>
+    <w:rsid w:val="0F9488C8"/>
+    <w:rsid w:val="0FAAE53C"/>
+    <w:rsid w:val="1008FF81"/>
+    <w:rsid w:val="100A5F4C"/>
+    <w:rsid w:val="10343ABA"/>
+    <w:rsid w:val="10CFF760"/>
+    <w:rsid w:val="10D5D846"/>
+    <w:rsid w:val="10F1E93E"/>
+    <w:rsid w:val="1131CDC0"/>
+    <w:rsid w:val="11456F36"/>
+    <w:rsid w:val="116D51D0"/>
+    <w:rsid w:val="117F837A"/>
+    <w:rsid w:val="11924A7B"/>
+    <w:rsid w:val="119E3027"/>
+    <w:rsid w:val="11B10E16"/>
+    <w:rsid w:val="120E2FB6"/>
+    <w:rsid w:val="123A4A5C"/>
+    <w:rsid w:val="129AD5BF"/>
+    <w:rsid w:val="12AF4F8E"/>
+    <w:rsid w:val="133221B9"/>
+    <w:rsid w:val="1339A509"/>
+    <w:rsid w:val="133D6138"/>
+    <w:rsid w:val="134DC04B"/>
+    <w:rsid w:val="13682A56"/>
+    <w:rsid w:val="1382CCF2"/>
+    <w:rsid w:val="13AD4564"/>
+    <w:rsid w:val="13D1BD4B"/>
+    <w:rsid w:val="13FF87F9"/>
+    <w:rsid w:val="1443A8C1"/>
+    <w:rsid w:val="14BACABB"/>
+    <w:rsid w:val="14E197C0"/>
+    <w:rsid w:val="1569FC3B"/>
+    <w:rsid w:val="157EFFC5"/>
+    <w:rsid w:val="15B2F868"/>
+    <w:rsid w:val="15C45C12"/>
+    <w:rsid w:val="15DF8E6E"/>
+    <w:rsid w:val="1694A3C8"/>
+    <w:rsid w:val="1709D39D"/>
+    <w:rsid w:val="17177084"/>
+    <w:rsid w:val="173B8F4E"/>
+    <w:rsid w:val="1745D3DD"/>
+    <w:rsid w:val="177F9693"/>
+    <w:rsid w:val="17820F07"/>
+    <w:rsid w:val="17A9397E"/>
+    <w:rsid w:val="17FBC78E"/>
+    <w:rsid w:val="17FDE16F"/>
+    <w:rsid w:val="18275D1A"/>
+    <w:rsid w:val="184E431E"/>
+    <w:rsid w:val="18A78340"/>
+    <w:rsid w:val="18F18CAF"/>
+    <w:rsid w:val="1965068C"/>
+    <w:rsid w:val="19B5743C"/>
+    <w:rsid w:val="1A860936"/>
+    <w:rsid w:val="1AA9B089"/>
+    <w:rsid w:val="1B067D8E"/>
+    <w:rsid w:val="1B8499F9"/>
+    <w:rsid w:val="1BA65FB2"/>
+    <w:rsid w:val="1BC387D6"/>
+    <w:rsid w:val="1BE5DF5D"/>
+    <w:rsid w:val="1C250670"/>
+    <w:rsid w:val="1C39E0AA"/>
+    <w:rsid w:val="1CB0BE33"/>
+    <w:rsid w:val="1CC98CE7"/>
+    <w:rsid w:val="1CFEEF03"/>
+    <w:rsid w:val="1E2693D1"/>
+    <w:rsid w:val="1E6EF7B6"/>
+    <w:rsid w:val="1E8FF661"/>
+    <w:rsid w:val="1EB12BA4"/>
+    <w:rsid w:val="1ECB1891"/>
+    <w:rsid w:val="1EF56489"/>
+    <w:rsid w:val="1F105261"/>
+    <w:rsid w:val="1F562076"/>
+    <w:rsid w:val="1F809B8D"/>
+    <w:rsid w:val="1F978C6F"/>
+    <w:rsid w:val="1FA86B2F"/>
+    <w:rsid w:val="1FCB7660"/>
+    <w:rsid w:val="201E2F18"/>
+    <w:rsid w:val="2082ECBF"/>
+    <w:rsid w:val="209915B0"/>
+    <w:rsid w:val="20B584C4"/>
+    <w:rsid w:val="212C40B7"/>
+    <w:rsid w:val="2135A320"/>
+    <w:rsid w:val="21405BEF"/>
+    <w:rsid w:val="21492838"/>
+    <w:rsid w:val="218C73E5"/>
+    <w:rsid w:val="21D24A1E"/>
+    <w:rsid w:val="21E19535"/>
+    <w:rsid w:val="221AF6C3"/>
+    <w:rsid w:val="22437402"/>
+    <w:rsid w:val="22ADB7D3"/>
+    <w:rsid w:val="22B60A25"/>
+    <w:rsid w:val="23647E1C"/>
+    <w:rsid w:val="23CD9520"/>
+    <w:rsid w:val="23D71400"/>
+    <w:rsid w:val="241A5C9C"/>
+    <w:rsid w:val="2450B51C"/>
+    <w:rsid w:val="246D3847"/>
+    <w:rsid w:val="2493493C"/>
+    <w:rsid w:val="24EF319A"/>
+    <w:rsid w:val="25064E7F"/>
+    <w:rsid w:val="254574EE"/>
+    <w:rsid w:val="25D71BAA"/>
+    <w:rsid w:val="25D9F254"/>
+    <w:rsid w:val="25FDA84E"/>
+    <w:rsid w:val="26036BDC"/>
+    <w:rsid w:val="26B3A3F8"/>
+    <w:rsid w:val="26BE6552"/>
+    <w:rsid w:val="274446B2"/>
+    <w:rsid w:val="275604BA"/>
+    <w:rsid w:val="276861FF"/>
+    <w:rsid w:val="279B0054"/>
+    <w:rsid w:val="27A877E0"/>
+    <w:rsid w:val="27E1B9B1"/>
+    <w:rsid w:val="288998B8"/>
+    <w:rsid w:val="293D839A"/>
+    <w:rsid w:val="29980F25"/>
+    <w:rsid w:val="29A0FFE4"/>
+    <w:rsid w:val="29DB991A"/>
+    <w:rsid w:val="29DD4F09"/>
+    <w:rsid w:val="29E273D0"/>
+    <w:rsid w:val="2A081B29"/>
+    <w:rsid w:val="2A11E71D"/>
+    <w:rsid w:val="2A170C43"/>
+    <w:rsid w:val="2ABB85EE"/>
+    <w:rsid w:val="2AF76848"/>
+    <w:rsid w:val="2B2B453A"/>
+    <w:rsid w:val="2B37C616"/>
+    <w:rsid w:val="2B3B9561"/>
+    <w:rsid w:val="2B59C83B"/>
+    <w:rsid w:val="2B6DB5B6"/>
+    <w:rsid w:val="2BCCF641"/>
+    <w:rsid w:val="2BE52D5C"/>
+    <w:rsid w:val="2C159908"/>
+    <w:rsid w:val="2C1DAD08"/>
+    <w:rsid w:val="2C423BDA"/>
+    <w:rsid w:val="2C4FB997"/>
+    <w:rsid w:val="2C7A7F00"/>
+    <w:rsid w:val="2D1795C1"/>
+    <w:rsid w:val="2D30D82D"/>
+    <w:rsid w:val="2D8F43B0"/>
+    <w:rsid w:val="2DE2FC30"/>
+    <w:rsid w:val="2E07143D"/>
+    <w:rsid w:val="2E0791B4"/>
+    <w:rsid w:val="2E08EC5E"/>
+    <w:rsid w:val="2E1E7C15"/>
+    <w:rsid w:val="2E3574C9"/>
+    <w:rsid w:val="2E366DAC"/>
+    <w:rsid w:val="2E44DDAB"/>
+    <w:rsid w:val="2E575070"/>
+    <w:rsid w:val="2E687AC1"/>
+    <w:rsid w:val="2E714EF0"/>
+    <w:rsid w:val="2E9E2B5F"/>
+    <w:rsid w:val="2EA6B547"/>
+    <w:rsid w:val="2EAA1EEB"/>
+    <w:rsid w:val="2F16F110"/>
+    <w:rsid w:val="2FC59F89"/>
+    <w:rsid w:val="30085899"/>
+    <w:rsid w:val="30098FE3"/>
+    <w:rsid w:val="304312C2"/>
+    <w:rsid w:val="3048263A"/>
+    <w:rsid w:val="305017D4"/>
+    <w:rsid w:val="3074D572"/>
+    <w:rsid w:val="3085FF11"/>
+    <w:rsid w:val="30919FC1"/>
+    <w:rsid w:val="312FD697"/>
+    <w:rsid w:val="3149E03D"/>
+    <w:rsid w:val="3179BEB9"/>
+    <w:rsid w:val="317A3C7B"/>
+    <w:rsid w:val="3187550B"/>
+    <w:rsid w:val="3200F247"/>
+    <w:rsid w:val="32B141E9"/>
+    <w:rsid w:val="3306CA55"/>
+    <w:rsid w:val="333FB344"/>
+    <w:rsid w:val="33634B18"/>
+    <w:rsid w:val="33CADF9E"/>
+    <w:rsid w:val="33FFA597"/>
+    <w:rsid w:val="3416334D"/>
+    <w:rsid w:val="3428BEA1"/>
+    <w:rsid w:val="342954FF"/>
+    <w:rsid w:val="34370CF9"/>
+    <w:rsid w:val="3441D19B"/>
+    <w:rsid w:val="348BC7D9"/>
+    <w:rsid w:val="35140831"/>
+    <w:rsid w:val="353CE68E"/>
+    <w:rsid w:val="3554ABDD"/>
+    <w:rsid w:val="357396BB"/>
+    <w:rsid w:val="35758C47"/>
+    <w:rsid w:val="35DFB06D"/>
+    <w:rsid w:val="3621FD0B"/>
+    <w:rsid w:val="36296044"/>
+    <w:rsid w:val="36489CE4"/>
+    <w:rsid w:val="3761F755"/>
+    <w:rsid w:val="3771E9E1"/>
+    <w:rsid w:val="37765BDC"/>
+    <w:rsid w:val="37B0A3A9"/>
+    <w:rsid w:val="3807B854"/>
+    <w:rsid w:val="382A327D"/>
+    <w:rsid w:val="38320A00"/>
+    <w:rsid w:val="386C5155"/>
+    <w:rsid w:val="38D5F8E4"/>
+    <w:rsid w:val="38E4810E"/>
+    <w:rsid w:val="394C8C36"/>
+    <w:rsid w:val="395E05CC"/>
+    <w:rsid w:val="397E461F"/>
+    <w:rsid w:val="39B1A0C3"/>
+    <w:rsid w:val="39CB3EC1"/>
+    <w:rsid w:val="3A4929A5"/>
+    <w:rsid w:val="3A59657C"/>
+    <w:rsid w:val="3AB7A6E3"/>
+    <w:rsid w:val="3ACF23D1"/>
+    <w:rsid w:val="3AD20267"/>
+    <w:rsid w:val="3B4F4C4E"/>
+    <w:rsid w:val="3B74A515"/>
+    <w:rsid w:val="3BA2EFE8"/>
+    <w:rsid w:val="3C042E94"/>
+    <w:rsid w:val="3C2D8CD4"/>
+    <w:rsid w:val="3C887C8A"/>
+    <w:rsid w:val="3C9B6099"/>
+    <w:rsid w:val="3CBC98BE"/>
+    <w:rsid w:val="3D061FF8"/>
+    <w:rsid w:val="3D13CEAF"/>
+    <w:rsid w:val="3D211124"/>
+    <w:rsid w:val="3E385C9F"/>
+    <w:rsid w:val="3E3997A4"/>
+    <w:rsid w:val="3E4B39DF"/>
+    <w:rsid w:val="3E65467A"/>
+    <w:rsid w:val="3EA2189B"/>
+    <w:rsid w:val="3EAEFF47"/>
+    <w:rsid w:val="3EC8ABA9"/>
+    <w:rsid w:val="3F0D2C8E"/>
+    <w:rsid w:val="3F0E7708"/>
+    <w:rsid w:val="3F581B8D"/>
+    <w:rsid w:val="3F8DD284"/>
+    <w:rsid w:val="3FB79BAA"/>
+    <w:rsid w:val="3FDB5001"/>
+    <w:rsid w:val="40231995"/>
+    <w:rsid w:val="402547E4"/>
+    <w:rsid w:val="403857D2"/>
+    <w:rsid w:val="4042B31B"/>
+    <w:rsid w:val="40DCCE17"/>
+    <w:rsid w:val="417242CA"/>
+    <w:rsid w:val="417FB873"/>
+    <w:rsid w:val="418F380F"/>
+    <w:rsid w:val="41CB72F3"/>
+    <w:rsid w:val="41F22A7D"/>
+    <w:rsid w:val="42108C31"/>
+    <w:rsid w:val="4218B841"/>
+    <w:rsid w:val="42255017"/>
+    <w:rsid w:val="4278F7CA"/>
+    <w:rsid w:val="429536A0"/>
+    <w:rsid w:val="42FC5D70"/>
+    <w:rsid w:val="430890B2"/>
+    <w:rsid w:val="43632F79"/>
+    <w:rsid w:val="43D1B846"/>
+    <w:rsid w:val="441EFB5F"/>
+    <w:rsid w:val="442081AD"/>
+    <w:rsid w:val="442A2482"/>
+    <w:rsid w:val="44650CEE"/>
+    <w:rsid w:val="44727E01"/>
+    <w:rsid w:val="4490C3D6"/>
+    <w:rsid w:val="44A7A25F"/>
+    <w:rsid w:val="4515E162"/>
+    <w:rsid w:val="451F497D"/>
+    <w:rsid w:val="453FF8F2"/>
+    <w:rsid w:val="45449647"/>
+    <w:rsid w:val="455DB4D2"/>
+    <w:rsid w:val="4625153B"/>
+    <w:rsid w:val="46436A84"/>
+    <w:rsid w:val="4664E9D5"/>
+    <w:rsid w:val="46B2539E"/>
+    <w:rsid w:val="46BE847E"/>
+    <w:rsid w:val="46C71217"/>
+    <w:rsid w:val="471C55A4"/>
+    <w:rsid w:val="472CA731"/>
+    <w:rsid w:val="47D96343"/>
+    <w:rsid w:val="484FBA35"/>
+    <w:rsid w:val="488911BC"/>
+    <w:rsid w:val="48A4F1B2"/>
+    <w:rsid w:val="48C7B68E"/>
+    <w:rsid w:val="4910E30D"/>
+    <w:rsid w:val="495C0579"/>
+    <w:rsid w:val="49937ED7"/>
+    <w:rsid w:val="49ECF1F2"/>
+    <w:rsid w:val="49F466CA"/>
+    <w:rsid w:val="4A0686FC"/>
+    <w:rsid w:val="4A195AB0"/>
+    <w:rsid w:val="4A262618"/>
+    <w:rsid w:val="4A273B92"/>
+    <w:rsid w:val="4A28DF1C"/>
+    <w:rsid w:val="4A7A3A2B"/>
+    <w:rsid w:val="4A7F9D79"/>
+    <w:rsid w:val="4A84E7F7"/>
+    <w:rsid w:val="4A9E948B"/>
+    <w:rsid w:val="4AC634D9"/>
+    <w:rsid w:val="4AC7A2EE"/>
+    <w:rsid w:val="4B15E7A7"/>
+    <w:rsid w:val="4B2446F4"/>
+    <w:rsid w:val="4BA0381F"/>
+    <w:rsid w:val="4BC125BF"/>
+    <w:rsid w:val="4C5726E9"/>
+    <w:rsid w:val="4C8718BB"/>
+    <w:rsid w:val="4CA179E0"/>
+    <w:rsid w:val="4CF37C5D"/>
+    <w:rsid w:val="4D09BFBB"/>
+    <w:rsid w:val="4D8954BB"/>
+    <w:rsid w:val="4EBD788F"/>
+    <w:rsid w:val="4F1EDC9C"/>
+    <w:rsid w:val="4F8A8FBC"/>
+    <w:rsid w:val="50C03DBF"/>
+    <w:rsid w:val="50D53E6E"/>
+    <w:rsid w:val="5106B542"/>
+    <w:rsid w:val="5113B960"/>
+    <w:rsid w:val="511DC7A2"/>
+    <w:rsid w:val="51C02D06"/>
+    <w:rsid w:val="51D41337"/>
+    <w:rsid w:val="51DE7783"/>
+    <w:rsid w:val="51FB3456"/>
+    <w:rsid w:val="52253D1E"/>
+    <w:rsid w:val="5240266D"/>
+    <w:rsid w:val="524BFF6B"/>
+    <w:rsid w:val="52C9C27D"/>
+    <w:rsid w:val="52E76609"/>
+    <w:rsid w:val="530A4817"/>
+    <w:rsid w:val="539F83C9"/>
+    <w:rsid w:val="53ECEFF6"/>
+    <w:rsid w:val="542E061D"/>
+    <w:rsid w:val="544F658B"/>
+    <w:rsid w:val="54752377"/>
+    <w:rsid w:val="5478753D"/>
+    <w:rsid w:val="548219EC"/>
+    <w:rsid w:val="549F2136"/>
+    <w:rsid w:val="54FD09A9"/>
+    <w:rsid w:val="554B3B73"/>
+    <w:rsid w:val="557A310C"/>
+    <w:rsid w:val="559AC29A"/>
+    <w:rsid w:val="55D819CD"/>
+    <w:rsid w:val="55E10BC3"/>
+    <w:rsid w:val="55E6F186"/>
+    <w:rsid w:val="560400C8"/>
+    <w:rsid w:val="56057393"/>
+    <w:rsid w:val="560D395C"/>
+    <w:rsid w:val="565AD154"/>
+    <w:rsid w:val="56B6DA3E"/>
+    <w:rsid w:val="56C1F1D5"/>
+    <w:rsid w:val="56CDD3DA"/>
+    <w:rsid w:val="571ABEC0"/>
+    <w:rsid w:val="577F18AA"/>
+    <w:rsid w:val="579C8130"/>
+    <w:rsid w:val="57DCD9E0"/>
+    <w:rsid w:val="585B2F03"/>
+    <w:rsid w:val="58ECFE8B"/>
+    <w:rsid w:val="5959DA16"/>
+    <w:rsid w:val="5A3130EE"/>
+    <w:rsid w:val="5A394D44"/>
+    <w:rsid w:val="5A42496A"/>
+    <w:rsid w:val="5A4A7000"/>
+    <w:rsid w:val="5AAB5E08"/>
+    <w:rsid w:val="5B18D6F0"/>
+    <w:rsid w:val="5B1C93CF"/>
+    <w:rsid w:val="5B300584"/>
+    <w:rsid w:val="5B54AD94"/>
+    <w:rsid w:val="5B5888EA"/>
+    <w:rsid w:val="5B90A505"/>
+    <w:rsid w:val="5BA862E9"/>
+    <w:rsid w:val="5BAAA00F"/>
+    <w:rsid w:val="5C677374"/>
+    <w:rsid w:val="5CD361E8"/>
+    <w:rsid w:val="5D27AC5A"/>
+    <w:rsid w:val="5D5CF995"/>
+    <w:rsid w:val="5D63EBED"/>
+    <w:rsid w:val="5DAE29A6"/>
+    <w:rsid w:val="5E28239E"/>
+    <w:rsid w:val="5E2E0D04"/>
+    <w:rsid w:val="5E6A5D78"/>
+    <w:rsid w:val="5EB325DB"/>
+    <w:rsid w:val="5EB7043D"/>
+    <w:rsid w:val="5EF4EB0F"/>
+    <w:rsid w:val="5F667F68"/>
+    <w:rsid w:val="5F700EB9"/>
+    <w:rsid w:val="5F737E15"/>
+    <w:rsid w:val="5F7FC553"/>
+    <w:rsid w:val="5F89CEA2"/>
+    <w:rsid w:val="5FBD2515"/>
+    <w:rsid w:val="5FBF387C"/>
+    <w:rsid w:val="5FDAB79D"/>
+    <w:rsid w:val="5FE55D52"/>
+    <w:rsid w:val="5FF098C0"/>
+    <w:rsid w:val="60096D7D"/>
+    <w:rsid w:val="602D1DE0"/>
+    <w:rsid w:val="604DD097"/>
+    <w:rsid w:val="605C9DE4"/>
+    <w:rsid w:val="606ED49B"/>
+    <w:rsid w:val="60B3AFAF"/>
+    <w:rsid w:val="60E15933"/>
+    <w:rsid w:val="612614EB"/>
+    <w:rsid w:val="61457C3B"/>
+    <w:rsid w:val="614E6DB6"/>
+    <w:rsid w:val="6159A9E9"/>
+    <w:rsid w:val="61700A80"/>
+    <w:rsid w:val="617E7624"/>
+    <w:rsid w:val="61C9AB20"/>
+    <w:rsid w:val="61DBDDAB"/>
+    <w:rsid w:val="61DDCEE3"/>
+    <w:rsid w:val="6211436F"/>
+    <w:rsid w:val="6233F591"/>
+    <w:rsid w:val="62754D09"/>
+    <w:rsid w:val="62A2333E"/>
+    <w:rsid w:val="634B5C6E"/>
+    <w:rsid w:val="63964FF1"/>
+    <w:rsid w:val="63D9FACA"/>
+    <w:rsid w:val="63E880FA"/>
+    <w:rsid w:val="643A9913"/>
+    <w:rsid w:val="6445DCD9"/>
+    <w:rsid w:val="6447CA98"/>
+    <w:rsid w:val="6450D9AA"/>
+    <w:rsid w:val="647F9DCE"/>
+    <w:rsid w:val="6524A891"/>
+    <w:rsid w:val="6551B823"/>
+    <w:rsid w:val="6562820D"/>
+    <w:rsid w:val="65DED8DC"/>
+    <w:rsid w:val="6609632D"/>
+    <w:rsid w:val="66436D10"/>
+    <w:rsid w:val="6690B15C"/>
+    <w:rsid w:val="66BA7B67"/>
+    <w:rsid w:val="66DCC642"/>
+    <w:rsid w:val="66ED87F9"/>
+    <w:rsid w:val="66FA891C"/>
+    <w:rsid w:val="66FEE8B3"/>
+    <w:rsid w:val="6709F15E"/>
+    <w:rsid w:val="67688326"/>
+    <w:rsid w:val="677521E6"/>
+    <w:rsid w:val="67B8BA41"/>
+    <w:rsid w:val="67BCE62E"/>
+    <w:rsid w:val="67E961BF"/>
+    <w:rsid w:val="68130A1B"/>
+    <w:rsid w:val="6816CBF2"/>
+    <w:rsid w:val="68F90E80"/>
+    <w:rsid w:val="6945E2A5"/>
+    <w:rsid w:val="69613473"/>
+    <w:rsid w:val="69BD583B"/>
+    <w:rsid w:val="69C6599F"/>
+    <w:rsid w:val="69E5EA3D"/>
+    <w:rsid w:val="69FF0A0B"/>
+    <w:rsid w:val="6A0A0CFA"/>
+    <w:rsid w:val="6A13A593"/>
+    <w:rsid w:val="6A3A3381"/>
+    <w:rsid w:val="6A69DA76"/>
+    <w:rsid w:val="6A711E54"/>
+    <w:rsid w:val="6A77DF0D"/>
+    <w:rsid w:val="6A8B25AB"/>
+    <w:rsid w:val="6A9FEF14"/>
+    <w:rsid w:val="6AD3716F"/>
+    <w:rsid w:val="6ADFF112"/>
+    <w:rsid w:val="6AE014C0"/>
+    <w:rsid w:val="6B01C945"/>
+    <w:rsid w:val="6B19A969"/>
+    <w:rsid w:val="6B53372E"/>
+    <w:rsid w:val="6B565BF0"/>
+    <w:rsid w:val="6B5CF913"/>
+    <w:rsid w:val="6BA6ABF1"/>
+    <w:rsid w:val="6BA6BE72"/>
+    <w:rsid w:val="6BB1E4D1"/>
+    <w:rsid w:val="6BBA8524"/>
+    <w:rsid w:val="6BE129C3"/>
+    <w:rsid w:val="6C239367"/>
+    <w:rsid w:val="6C2A133C"/>
+    <w:rsid w:val="6CF8F6C5"/>
+    <w:rsid w:val="6D1E316A"/>
+    <w:rsid w:val="6D3A19CA"/>
+    <w:rsid w:val="6D3AE2FD"/>
+    <w:rsid w:val="6D769723"/>
+    <w:rsid w:val="6DC507A7"/>
+    <w:rsid w:val="6E63AAFB"/>
+    <w:rsid w:val="6E675245"/>
+    <w:rsid w:val="6E8157E3"/>
+    <w:rsid w:val="6E91CA1D"/>
+    <w:rsid w:val="6EB981DE"/>
+    <w:rsid w:val="6EE8C005"/>
+    <w:rsid w:val="6EF15BDB"/>
+    <w:rsid w:val="6F34E5A0"/>
+    <w:rsid w:val="6F5CCEA4"/>
+    <w:rsid w:val="6F6C3373"/>
+    <w:rsid w:val="6F8F0802"/>
+    <w:rsid w:val="6FFE758F"/>
+    <w:rsid w:val="700F0797"/>
+    <w:rsid w:val="702A4B52"/>
+    <w:rsid w:val="7042707F"/>
+    <w:rsid w:val="707D5041"/>
+    <w:rsid w:val="709B32B8"/>
+    <w:rsid w:val="711FFB1F"/>
+    <w:rsid w:val="71212AB7"/>
+    <w:rsid w:val="716A9D92"/>
+    <w:rsid w:val="719B435F"/>
+    <w:rsid w:val="719C84BD"/>
+    <w:rsid w:val="719EA513"/>
+    <w:rsid w:val="71B72F66"/>
+    <w:rsid w:val="71C9E6BB"/>
+    <w:rsid w:val="71FFEE1A"/>
+    <w:rsid w:val="724221CB"/>
+    <w:rsid w:val="73B676B6"/>
+    <w:rsid w:val="74051EBE"/>
+    <w:rsid w:val="740DF1D6"/>
+    <w:rsid w:val="74205CCF"/>
+    <w:rsid w:val="7424469E"/>
+    <w:rsid w:val="74A3F45F"/>
+    <w:rsid w:val="74B49767"/>
+    <w:rsid w:val="74CBCA8E"/>
+    <w:rsid w:val="75063044"/>
+    <w:rsid w:val="75917E2F"/>
+    <w:rsid w:val="75A11E35"/>
+    <w:rsid w:val="75B1D2E1"/>
+    <w:rsid w:val="76132E4E"/>
+    <w:rsid w:val="76423F5A"/>
+    <w:rsid w:val="7644C008"/>
+    <w:rsid w:val="773EA58D"/>
+    <w:rsid w:val="776065A8"/>
+    <w:rsid w:val="77732756"/>
+    <w:rsid w:val="77B9865A"/>
+    <w:rsid w:val="77BC6781"/>
+    <w:rsid w:val="786FC287"/>
+    <w:rsid w:val="7935953E"/>
+    <w:rsid w:val="7994A9E6"/>
+    <w:rsid w:val="7994BFE8"/>
+    <w:rsid w:val="79D6C6C7"/>
+    <w:rsid w:val="7A1DFFB1"/>
+    <w:rsid w:val="7A294F8F"/>
+    <w:rsid w:val="7A2D7C1E"/>
+    <w:rsid w:val="7A6074E7"/>
+    <w:rsid w:val="7A851BD0"/>
+    <w:rsid w:val="7AA652B1"/>
+    <w:rsid w:val="7ABE2104"/>
+    <w:rsid w:val="7B0FA228"/>
+    <w:rsid w:val="7B2029B7"/>
+    <w:rsid w:val="7B4F5308"/>
+    <w:rsid w:val="7B8EC217"/>
+    <w:rsid w:val="7C108299"/>
+    <w:rsid w:val="7C29890C"/>
+    <w:rsid w:val="7C33AFE9"/>
+    <w:rsid w:val="7CB677FC"/>
+    <w:rsid w:val="7CE63708"/>
+    <w:rsid w:val="7D3FBF74"/>
+    <w:rsid w:val="7D56F6C3"/>
+    <w:rsid w:val="7D7C72BA"/>
+    <w:rsid w:val="7D7ED00C"/>
+    <w:rsid w:val="7D815B37"/>
+    <w:rsid w:val="7D901CD2"/>
+    <w:rsid w:val="7DA3052E"/>
+    <w:rsid w:val="7DB16766"/>
+    <w:rsid w:val="7E1B5F9F"/>
+    <w:rsid w:val="7E8A0820"/>
+    <w:rsid w:val="7EA0E519"/>
+    <w:rsid w:val="7EC698E1"/>
+    <w:rsid w:val="7EE82828"/>
+    <w:rsid w:val="7F5094B0"/>
+    <w:rsid w:val="7F6CF131"/>
+    <w:rsid w:val="7FA7C333"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="76981DC5"/>
-  <w15:docId w15:val="{4DE8B031-9E61-4548-9370-600A2AC5FEB3}"/>
+  <w14:docId w14:val="3E5F56EB"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{98D34997-0617-4E95-B990-D511F95B2E26}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11906,51 +18696,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -12132,489 +18922,412 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005C0044"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="000B005D"/>
+    <w:rsid w:val="10D5D846"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
-    <w:name w:val="Titre 1 Car"/>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
-    <w:link w:val="Titre1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B005D"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="10D5D846"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="467886"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="000B005D"/>
+    <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...33 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10749047" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19879698" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10755604" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19970068" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10768204" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20005293" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10743117" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20211652" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10722468" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19252514" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18410922" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19957325" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19971049" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19975557" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20043994" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20210612" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17924166" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19251304" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10725332" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20222211" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10748888" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19880688" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19958539" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10760215" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19976568" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10767683" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10763591" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20211229" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10551350" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19873754" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19914184" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10750100" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10768452" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13952444" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10743575" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19958178" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19800102" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19976184" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20043544" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10767416" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20211070" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18412100" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20221705" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10724939" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10550820" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19873501" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19879987" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10749177" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10749957" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19970451" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18411019" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10551245" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19881511" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10757703" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10760633" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19975835" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10768060" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10767416" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10763749" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20210867" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10742955" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10725151" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20246166" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18412232" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10550559" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19252212" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19867887" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10743431" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19957856" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10749806" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10760388" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10760786" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18411723" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20245896" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19251938" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18411478" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10725255" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19881105" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10743790" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10755480" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19969744" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20004995" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20211458" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10768327" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18411894" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19879270" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10716942" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10749482" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19914545" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19975214" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20044223" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10724627" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10550990" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19970723" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20043808" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/20221973" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10724774" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19880363" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10760082" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18411203" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18662485" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13717755" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18836011" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13759732" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13919839" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19050220" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13948372" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19116339" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18564836" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18453367" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18683130" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13758902" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13800720" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18996436" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19085725" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19086310" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17860278" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13280468" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13948650" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19194392" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18653884" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13751152" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13759364" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18843776" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19048871" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13926574" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13934574" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19115844" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18545759" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13626664" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18501636" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18683786" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13801271" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13952444" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18617240" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13759200" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18995631" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18997072" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19050562" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10767416" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19115625" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13948571" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19116539" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13949260" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18526729" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18460150" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13750668" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18662704" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18683577" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13778692" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18460372" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18545508" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13751426" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18843238" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18844365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18996638" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18460555" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13926871" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13934481" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19086750" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13948465" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13949136" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19194764" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17927501" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/22963080" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13367919" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13458510" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18565143" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13759030" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18683368" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18844021" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13800968" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18461257" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19194607" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13952444" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13367651" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18461054" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13948788" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13751279" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18654033" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18684068" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13759522" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19049842" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19116046" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13919683" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18412780" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13717578" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18564570" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18662921" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13758765" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18996012" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19085933" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13949469" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19880363" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18545210" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13800308" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19085450" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19116841" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13949350" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13750991" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18843479" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18460700" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>11250</Characters>
+  <Pages>3</Pages>
+  <Words>2148</Words>
+  <Characters>11814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13269</CharactersWithSpaces>
+  <CharactersWithSpaces>13935</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>SOURICE rené monique</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>rené sourice</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>