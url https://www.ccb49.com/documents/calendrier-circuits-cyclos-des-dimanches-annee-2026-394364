--- v0 (2026-01-14)
+++ v1 (2026-02-28)
@@ -4901,69 +4901,99 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">BREVET </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="46880B87" w14:paraId="1095F545" w14:textId="77777777" w:rsidTr="6AFC2677">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D2322DE" w14:textId="59ED6647" w:rsidR="6C9BB083" w:rsidRDefault="6C9BB083" w:rsidP="50272997">
-[...17 lines deleted...]
-              <w:t>08 H 30</w:t>
+          <w:p w14:paraId="4D2322DE" w14:textId="33579FF2" w:rsidR="6C9BB083" w:rsidRDefault="6C9BB083" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00836EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H </w:t>
+            </w:r>
+            <w:r w:rsidR="00836EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02492774" w14:textId="5A0160ED" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
@@ -8580,72 +8610,61 @@
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C55BA5E" w14:textId="4B209190" w:rsidR="46880B87" w:rsidRDefault="3487C235" w:rsidP="26663845">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26663845">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Camping de la </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="26663845">
+              <w:t>Camping de la Venise</w:t>
+            </w:r>
+            <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Venise</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Verte</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="76B6ECF1" w:rsidRPr="26663845">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">79510 </w:t>
             </w:r>
             <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -12138,91 +12157,89 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
             <w:r w:rsidR="55546513" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> KMS :</w:t>
             </w:r>
             <w:r w:rsidR="3E404E86" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Int_BvdXmIj1"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="3E404E86" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="55546513" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="3A1C558D" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="3058A12C" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="3058A12C" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">KMS </w:t>
             </w:r>
             <w:r w:rsidR="06E42A92" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: B</w:t>
             </w:r>
             <w:r w:rsidR="55546513" w:rsidRPr="50272997">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18147,64 +18164,62 @@
             <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="564FD687" w14:textId="75734E04" w:rsidR="46880B87" w:rsidRDefault="3886B9C8" w:rsidP="46880B87">
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="26663845">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="984806"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:hyperlink r:id="rId85">
               <w:r w:rsidR="4D61DF6A" w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ttps://www.openrunner.com/r/17697764</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="73245629" w14:textId="21D480EF" w:rsidR="46880B87" w:rsidRDefault="4D61DF6A" w:rsidP="46880B87">
             <w:hyperlink r:id="rId86">
               <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
@@ -25226,104 +25241,106 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_Q7kzU9Jj" int2:invalidationBookmarkName="" int2:hashCode="I49LaofViuPTxR" int2:id="If86vQbH">
       <int2:state int2:value="Rejected" int2:type="gram"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_gDet56XN" int2:invalidationBookmarkName="" int2:hashCode="I49LaofViuPTxR" int2:id="MdXojJRy">
       <int2:state int2:value="Rejected" int2:type="gram"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_BvdXmIj1" int2:invalidationBookmarkName="" int2:hashCode="VpBQ8tkViGSGcO" int2:id="5xNyGKYs">
       <int2:state int2:value="Rejected" int2:type="gram"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="73DE22B4"/>
     <w:rsid w:val="00043D5D"/>
     <w:rsid w:val="000951BC"/>
     <w:rsid w:val="000E2908"/>
+    <w:rsid w:val="001207D3"/>
     <w:rsid w:val="001569C7"/>
     <w:rsid w:val="00247874"/>
     <w:rsid w:val="002644B9"/>
     <w:rsid w:val="002868EC"/>
     <w:rsid w:val="002A4ADF"/>
     <w:rsid w:val="002B04C9"/>
     <w:rsid w:val="00321916"/>
     <w:rsid w:val="003E2B66"/>
     <w:rsid w:val="00410D1D"/>
     <w:rsid w:val="004C2805"/>
     <w:rsid w:val="004D34F6"/>
     <w:rsid w:val="004E640E"/>
     <w:rsid w:val="005264ED"/>
     <w:rsid w:val="005320A6"/>
     <w:rsid w:val="00570A54"/>
     <w:rsid w:val="005A7677"/>
     <w:rsid w:val="006D71C0"/>
     <w:rsid w:val="006FA7DB"/>
     <w:rsid w:val="00724525"/>
     <w:rsid w:val="0076653E"/>
     <w:rsid w:val="007C070B"/>
     <w:rsid w:val="00809E83"/>
     <w:rsid w:val="008101AA"/>
     <w:rsid w:val="00810FC3"/>
+    <w:rsid w:val="00836EDC"/>
     <w:rsid w:val="00A390D6"/>
     <w:rsid w:val="00B22422"/>
     <w:rsid w:val="00BE2554"/>
     <w:rsid w:val="00BF3153"/>
     <w:rsid w:val="00CC63EC"/>
     <w:rsid w:val="00D4DA75"/>
     <w:rsid w:val="00D95612"/>
     <w:rsid w:val="00DA2901"/>
     <w:rsid w:val="00DA7EBC"/>
     <w:rsid w:val="00DB12AB"/>
     <w:rsid w:val="00DE17DF"/>
     <w:rsid w:val="00DE673A"/>
     <w:rsid w:val="00E11722"/>
+    <w:rsid w:val="00E176EE"/>
     <w:rsid w:val="00E85648"/>
     <w:rsid w:val="00EE5CDC"/>
     <w:rsid w:val="00F80EA0"/>
     <w:rsid w:val="00FC9CA6"/>
     <w:rsid w:val="00FD3796"/>
     <w:rsid w:val="00FE129A"/>
     <w:rsid w:val="010BF850"/>
     <w:rsid w:val="015A6631"/>
     <w:rsid w:val="016D99F4"/>
     <w:rsid w:val="018E0A81"/>
     <w:rsid w:val="01D6EABA"/>
     <w:rsid w:val="01FCFD6A"/>
     <w:rsid w:val="0223D7D6"/>
     <w:rsid w:val="022625DE"/>
     <w:rsid w:val="02310407"/>
     <w:rsid w:val="0256DD77"/>
     <w:rsid w:val="026E907D"/>
     <w:rsid w:val="026F2586"/>
     <w:rsid w:val="027B38DD"/>
     <w:rsid w:val="02A2F6FB"/>
     <w:rsid w:val="02CFAC9C"/>
     <w:rsid w:val="02E99B95"/>
     <w:rsid w:val="030DDBA2"/>
     <w:rsid w:val="0311E9B0"/>
     <w:rsid w:val="03169EAD"/>
@@ -27257,54 +27274,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2280</Words>
-  <Characters>14163</Characters>
+  <Words>3275</Words>
+  <Characters>13168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1416</Lines>
-  <Paragraphs>1264</Paragraphs>
+  <Lines>346</Lines>
+  <Paragraphs>162</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15179</CharactersWithSpaces>
+  <CharactersWithSpaces>16281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>rené sourice</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>