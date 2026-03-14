--- v0 (2025-10-17)
+++ v1 (2026-03-14)
@@ -1,17937 +1,26569 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0BDAA16F" w14:textId="7C096083" w:rsidR="005C0044" w:rsidRPr="00AF6FE8" w:rsidRDefault="009170D8" w:rsidP="009170D8">
+    <w:p w14:paraId="6819E1A2" w14:textId="7D242B07" w:rsidR="00F80EA0" w:rsidRDefault="65022B2D" w:rsidP="46880B87">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6AFC2677">
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6AFC2677">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>CALENDRIER CIRCUITS CYCLOS DES DIMANCHES ANNEE 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7D6116" w14:textId="4256AFCA" w:rsidR="00F80EA0" w:rsidRDefault="378F2755" w:rsidP="46880B87">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF6FE8">
+      <w:r w:rsidRPr="46880B87">
         <w:rPr>
-          <w:color w:val="auto"/>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDAA170" w14:textId="77777777" w:rsidR="009170D8" w:rsidRDefault="009170D8" w:rsidP="009170D8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="11023" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10590" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="817"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="870"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1110"/>
+        <w:gridCol w:w="765"/>
+        <w:gridCol w:w="1410"/>
+        <w:gridCol w:w="3915"/>
+        <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF6FE8" w14:paraId="0BDAA178" w14:textId="77777777" w:rsidTr="0064378F">
-[...47 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="5B381A81" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58711323" w14:textId="377922CF" w:rsidR="28B444A7" w:rsidRDefault="210F70FB" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HEURE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7530BE93" w14:textId="34808536" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>JOUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74B71720" w14:textId="111EB21E" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DATE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C019AD8" w14:textId="52E044C2" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N°</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="204BDCA0" w14:textId="7D944412" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C7F611A" w14:textId="100E7D9F" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LIEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3501BA74" w14:textId="6498D560" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RANDOS EXT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF6FE8" w14:paraId="0BDAA180" w14:textId="77777777" w:rsidTr="0064378F">
-[...58 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="67181FFD" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5354BFD5" w14:textId="1AC23C4A" w:rsidR="58E0FD66" w:rsidRDefault="28EB968A" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H</w:t>
+            </w:r>
+            <w:r w:rsidR="222F7542" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74937FCF" w14:textId="2A98A2EA" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...92 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="314FE6D6" w14:textId="3258AA46" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>04/01/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37A1B4E9" w14:textId="4030482B" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27A91707" w14:textId="2D2499BC" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48FAA817" w14:textId="2863E1F7" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ASSEMBLEE GENERALE CCBEAUPREAU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0BDAA17F" w14:textId="6AA93F11" w:rsidR="009170D8" w:rsidRDefault="009170D8" w:rsidP="00E430D7"/>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23F7B57C" w14:textId="2CFCB3E9" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF6FE8" w14:paraId="0BDAA188" w14:textId="77777777" w:rsidTr="0064378F">
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="28634E29" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10402653" w14:textId="134E9E05" w:rsidR="4E2BF009" w:rsidRDefault="4E2BF009" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="4DD0448D" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20E2263B" w14:textId="3989C047" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...213 lines deleted...]
-              <w:r w:rsidRPr="008A106B">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A5B5746" w14:textId="71AA4281" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11/01/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3ED4A5EB" w14:textId="4556F9E5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41D1CA7D" w14:textId="22516BEA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>62 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6057ABFB" w14:textId="469D7819" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="590A9BA5" w14:textId="45305C13" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId4">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18031255</w:t>
+                <w:t>https://www.openrunner.com/r/14267457</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...311 lines deleted...]
-              <w:r w:rsidR="004B437B" w:rsidRPr="004B437B">
+          <w:p w14:paraId="28F2D7E4" w14:textId="62F32C57" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId5">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18031558</w:t>
+                <w:t>https://www.openrunner.com/r/17901926</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57CC3697" w14:textId="4BBCA7FA" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E697A53" w14:textId="0E0AF20D" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA198" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="41A3B41E" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="102CE929" w14:textId="7871B0DC" w:rsidR="4F00F305" w:rsidRDefault="4F00F305" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="248FE531" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DEF0539" w14:textId="45F6646D" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52B19819" w14:textId="68B05446" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0487BBA1" w14:textId="588BDD26" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="47B659F5" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/01/202</w:t>
+            </w:r>
+            <w:r w:rsidR="6DEA589A" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A857E9">
-[...197 lines deleted...]
-              <w:r w:rsidR="008A1D6A" w:rsidRPr="008A1D6A">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B96D805" w14:textId="2CBBDB9A" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A6C537C" w14:textId="357E25E5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>62 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27CF1EA8" w14:textId="1AB0B265" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>47 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17437EA0" w14:textId="732E2471" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId6">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18042403</w:t>
+                <w:t>https://www.openrunner.com/r/14267750</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...319 lines deleted...]
-              <w:r w:rsidRPr="00323DD3">
+          <w:p w14:paraId="5A4C448E" w14:textId="68BDAA92" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId7">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18042608</w:t>
+                <w:t>https://www.openrunner.com/r/17919616</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="069AAFC4" w14:textId="71D70290" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0D4453" w14:textId="7EB25D45" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA1A8" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="7CBC1E2B" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16774A1F" w14:textId="4DAFC541" w:rsidR="26713972" w:rsidRDefault="26713972" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="43C41B69" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283AEDC9" w14:textId="0AF0B934" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FA6DDDF" w14:textId="05BB8724" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D4DDEDB" w14:textId="78E6AC7C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="15FCCCC1" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...197 lines deleted...]
-              <w:r w:rsidR="007E4D9D" w:rsidRPr="007E4D9D">
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/01/202</w:t>
+            </w:r>
+            <w:r w:rsidR="2AB26665" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B132248" w14:textId="680DEBCA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="7A18AB44" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31C8FF20" w14:textId="1EC1177A" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>65 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="333E5815" w14:textId="0DE8E1E8" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>51 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07C69194" w14:textId="7BFEE474" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId8">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18042756</w:t>
+                <w:t>https://www.openrunner.com/r/14285033</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...319 lines deleted...]
-              <w:r w:rsidRPr="00A00D89">
+          <w:p w14:paraId="631248F3" w14:textId="4A21959F" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId9">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18043005</w:t>
+                <w:t>https://www.openrunner.com/r/17919692</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55BDC081" w14:textId="116E750D" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E78BCA4" w14:textId="0FDD1102" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA1B8" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="331CEC1C" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7893F4B1" w14:textId="26A5E9C2" w:rsidR="5A1DAD36" w:rsidRDefault="5A1DAD36" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="7DF78F9D" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3103323D" w14:textId="17EF740D" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44B25169" w14:textId="23EE8431" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:r w:rsidRPr="00CD2611">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F76D26F" w14:textId="318D9DFE" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="55E9DDD4" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/02/202</w:t>
+            </w:r>
+            <w:r w:rsidR="508DDFE6" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35A1E820" w14:textId="3377F5F7" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64780D92" w14:textId="7102F9FB" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02A4F8F4" w14:textId="5F8132FB" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>56 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="431BD029" w14:textId="38CF2F8B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId10">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18043325</w:t>
+                <w:t>https://www.openrunner.com/r/14285667</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...319 lines deleted...]
-              <w:r w:rsidR="005342FE" w:rsidRPr="005342FE">
+          <w:p w14:paraId="16B51CBB" w14:textId="63623488" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId11">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18052831</w:t>
+                <w:t>https://www.openrunner.com/r/17919783</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="478B6D5B" w14:textId="451D5FD2" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150C40CB" w14:textId="717F8E37" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA1C8" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="1B2F7AA9" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C0EE79D" w14:textId="35CE1BE5" w:rsidR="094B2280" w:rsidRDefault="094B2280" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="08D91ADF" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D97D457" w14:textId="21535649" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69188F87" w14:textId="7B828A23" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...239 lines deleted...]
-              <w:r w:rsidR="00C442E7" w:rsidRPr="008E6A61">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="777CB8DC" w14:textId="30D37CC7" w:rsidR="71589A9E" w:rsidRDefault="71589A9E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="46880B87" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/02/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5CCCB48E" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0472BFA8" w14:textId="2473E17C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1845B109" w14:textId="29FEDB97" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124F05A9" w14:textId="6A5A7D27" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>56 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1000C139" w14:textId="63C93622" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18052925</w:t>
+                <w:t>https://www.openrunner.com/r/14290934</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...300 lines deleted...]
-              <w:r w:rsidR="00F11475" w:rsidRPr="00C005D6">
+          <w:p w14:paraId="07C4C7C7" w14:textId="06ED3749" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18053048</w:t>
+                <w:t>https://www.openrunner.com/r/17919886</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A5812CD" w14:textId="64CB8454" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C10F434" w14:textId="643A93C6" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA1D8" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="69BC7083" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F7EB893" w14:textId="6E9A0C1A" w:rsidR="70DA5D1E" w:rsidRDefault="70DA5D1E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="2DB8A712" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08313327" w14:textId="03263817" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="147726AF" w14:textId="4976D454" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...211 lines deleted...]
-              <w:r w:rsidRPr="00C72E0D">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EF7F4AC" w14:textId="78E5C106" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="25314459" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02/20</w:t>
+            </w:r>
+            <w:r w:rsidR="7F27D929" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="396C6599" w14:textId="733E6606" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI306</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C67A675" w14:textId="60CFE451" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254A741F" w14:textId="22FAD5A0" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>52 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33C79FC4" w14:textId="1750C257" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18053181</w:t>
+                <w:t>https://www.openrunner.com/r/18435581</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...276 lines deleted...]
-              <w:r w:rsidRPr="002F6844">
+          <w:p w14:paraId="7ECE88D4" w14:textId="3FE652D1" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18053291</w:t>
+                <w:t>https://www.openrunner.com/r/17920133</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26CB0067" w14:textId="65364A5F" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="034D0056" w14:textId="70A732F6" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA1E8" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="21A4D3FF" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48CCDE81" w14:textId="1B09EF50" w:rsidR="68D95CB7" w:rsidRDefault="68D95CB7" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="3B8A0B15" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5DF5C2" w14:textId="0788D217" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1351A3AF" w14:textId="01C06CAD" w:rsidR="08191A29" w:rsidRDefault="08191A29" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...214 lines deleted...]
-              <w:r w:rsidRPr="00376D49">
+          <w:p w14:paraId="5A95534F" w14:textId="74D91D60" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58EE3907" w14:textId="5883C6C2" w:rsidR="08191A29" w:rsidRDefault="08191A29" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22/02/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="530119E9" w14:textId="018743FA" w:rsidR="08191A29" w:rsidRDefault="08191A29" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI307</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58CEF86F" w14:textId="728CD2DD" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DFB4818" w14:textId="06B683E9" w:rsidR="08191A29" w:rsidRDefault="08191A29" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BD28F7" w14:textId="0233A139" w:rsidR="08191A29" w:rsidRDefault="08191A29" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>52 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73110F05" w14:textId="117B7BCD" w:rsidR="08191A29" w:rsidRDefault="08191A29" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18061158</w:t>
+                <w:t>https://www.openrunner.com/r/14319271</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...284 lines deleted...]
-              <w:r w:rsidRPr="00AA57F4">
+          <w:p w14:paraId="167A7913" w14:textId="49F278CB" w:rsidR="46880B87" w:rsidRDefault="08191A29" w:rsidP="6F3FC679">
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="6F3FC679">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18061314</w:t>
+                <w:t>https://www.openrunner.com/r/17927685</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45CB422B" w14:textId="5C02090D" w:rsidR="08191A29" w:rsidRDefault="126D6082" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t>LA RENAUDIERE</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7411C6" w14:textId="62CBEDA3" w:rsidR="08191A29" w:rsidRDefault="126D6082" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA1F8" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="4DBA1E7E" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47B4C405" w14:textId="14264A79" w:rsidR="22E6C5D7" w:rsidRDefault="22E6C5D7" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H</w:t>
+            </w:r>
+            <w:r w:rsidR="26BE29A8" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDD9F73" w14:textId="52884BE1" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B6EEBC2" w14:textId="58FFE398" w:rsidR="4CDCC47C" w:rsidRDefault="4CDCC47C" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...206 lines deleted...]
-              <w:r w:rsidRPr="00237071">
+          <w:p w14:paraId="482C1E04" w14:textId="33DFBCE2" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6889FD38" w14:textId="457001EC" w:rsidR="4CDCC47C" w:rsidRDefault="4CDCC47C" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>01/03/2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F06823" w14:textId="61E1911B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50B7F899" w14:textId="53AD921F" w:rsidR="56F07E36" w:rsidRDefault="56F07E36" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D308</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76EFCE5E" w14:textId="065A6492" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79609211" w14:textId="5FD262DD" w:rsidR="56F07E36" w:rsidRDefault="56F07E36" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>76 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="511CD1B8" w14:textId="20D732C8" w:rsidR="56F07E36" w:rsidRDefault="37D88122" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>52 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="7DEAB92B" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :B</w:t>
+            </w:r>
+            <w:r w:rsidR="158A2D89" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16856166" w14:textId="78E0B886" w:rsidR="7A81F99E" w:rsidRDefault="7A81F99E" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId18">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18062082</w:t>
+                <w:t>https://www.openrunner.com/r/14319436</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...300 lines deleted...]
-              <w:r w:rsidRPr="00FA7D6F">
+          <w:p w14:paraId="311FA641" w14:textId="4FAC8DBC" w:rsidR="7A81F99E" w:rsidRDefault="7A81F99E" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18062389</w:t>
+                <w:t>https://www.openrunner.com/r/17927780</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E8E76B5" w14:textId="0C3A2A9F" w:rsidR="25D89B68" w:rsidRDefault="3347DAF4" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD85F2C" w14:textId="1D992E1D" w:rsidR="25D89B68" w:rsidRDefault="3347DAF4" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA210" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="01907B4C" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B16A8" w14:textId="2F12F344" w:rsidR="790B12FD" w:rsidRDefault="790B12FD" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="632C230D" w14:textId="55FF706F" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C4412E7" w14:textId="50D5DD4A" w:rsidR="15D2128B" w:rsidRDefault="15D2128B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...222 lines deleted...]
-              <w:r w:rsidRPr="00E671DE">
+          <w:p w14:paraId="0E35B71E" w14:textId="294323E2" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="620893E1" w14:textId="45731BFA" w:rsidR="15D2128B" w:rsidRDefault="15D2128B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="6F96711D" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/03/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2058F2DF" w14:textId="7401A8B8" w:rsidR="15D2128B" w:rsidRDefault="15D2128B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI309</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A027DA" w14:textId="4FBA94BB" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="291DA1D3" w14:textId="3E412BAA" w:rsidR="15D2128B" w:rsidRDefault="15D2128B" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>76 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CAF27F" w14:textId="59C29186" w:rsidR="15D2128B" w:rsidRDefault="0E4CB9EC" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>62 KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="6A177C3C" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="33ECF869" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4296D7C9" w14:textId="7914B607" w:rsidR="0D5630D9" w:rsidRDefault="0D5630D9" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18080775</w:t>
+                <w:t>https://www.openrunner.com/r/14319574</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...469 lines deleted...]
-              <w:r w:rsidR="006B44D6" w:rsidRPr="002E7420">
+          <w:p w14:paraId="02C5C302" w14:textId="711D19A2" w:rsidR="0D5630D9" w:rsidRDefault="0D5630D9" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId21">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18080916</w:t>
+                <w:t>https://www.openrunner.com/r/17928015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BCAE5E3" w14:textId="6F23ADE8" w:rsidR="77EBDB71" w:rsidRDefault="1E8149C4" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766DEBC3" w14:textId="779C5160" w:rsidR="77EBDB71" w:rsidRDefault="1E8149C4" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA228" w14:textId="77777777" w:rsidTr="0064378F">
-[...36 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="3F348EE6" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="708337EB" w14:textId="2F12F344" w:rsidR="37116A12" w:rsidRDefault="37116A12" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA24DB5" w14:textId="710891CF" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D251848" w14:textId="3809BC97" w:rsidR="713B448D" w:rsidRDefault="713B448D" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="50EED5F0" w14:textId="20334D62" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E24E7B3" w14:textId="21F1E272" w:rsidR="713B448D" w:rsidRDefault="713B448D" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="006A5312">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="5EE36F68" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...170 lines deleted...]
-              <w:r w:rsidR="0067164F" w:rsidRPr="009540F4">
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/03/202</w:t>
+            </w:r>
+            <w:r w:rsidR="02E99B95" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3015B849" w14:textId="7E2F6BC5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2540DBC5" w14:textId="30687F83" w:rsidR="1928399E" w:rsidRDefault="1928399E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI310</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67AA2E0F" w14:textId="0C95EC36" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76372C1A" w14:textId="5F8B5E78" w:rsidR="1928399E" w:rsidRDefault="1928399E" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>72 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F0E0CD" w14:textId="04570B8C" w:rsidR="1928399E" w:rsidRDefault="1928399E" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>55 KMS : B</w:t>
+            </w:r>
+            <w:r w:rsidR="46880B87" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="46880B87" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13675B07" w14:textId="19103216" w:rsidR="63FB8FD2" w:rsidRDefault="63FB8FD2" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId22">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14319706</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3744DA7B" w14:textId="62D043A1" w:rsidR="63FB8FD2" w:rsidRDefault="63FB8FD2" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId23">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17928092</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69FE4FE1" w14:textId="2CC082D3" w:rsidR="23BCD7F5" w:rsidRDefault="13385D5F" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BEE2F86" w14:textId="53E09104" w:rsidR="23BCD7F5" w:rsidRDefault="13385D5F" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="0DB1AD67" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="209D2B4E" w14:textId="2F12F344" w:rsidR="6A65F2F8" w:rsidRDefault="6A65F2F8" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512CE066" w14:textId="065FDBB4" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0058F1D8" w14:textId="41C906B7" w:rsidR="7D020902" w:rsidRDefault="7D020902" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A649C2C" w14:textId="7E7A2088" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A6061D5" w14:textId="488F3EF3" w:rsidR="7D020902" w:rsidRDefault="7D020902" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22/03/2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B2B9BA1" w14:textId="4F558234" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7106776B" w14:textId="27ED7337" w:rsidR="7D020902" w:rsidRDefault="7D020902" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI311</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E11A24" w14:textId="6EEE9E02" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3060FECE" w14:textId="75569EA6" w:rsidR="7D020902" w:rsidRDefault="7D020902" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3DF15F" w14:textId="747001B3" w:rsidR="692AE820" w:rsidRDefault="692AE820" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+            <w:r w:rsidR="3EE92D08" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B1CF7E7" w14:textId="677A6AC8" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C3BB0EF" w14:textId="3B09B50A" w:rsidR="495F5CF9" w:rsidRDefault="495F5CF9" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId24">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14319927</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4A2C3024" w14:textId="2F5ECB0A" w:rsidR="495F5CF9" w:rsidRDefault="495F5CF9" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId25">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17928199</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23E28230" w14:textId="09857B71" w:rsidR="495F5CF9" w:rsidRDefault="0B308E9C" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF8CDA3" w14:textId="7F6AC8E7" w:rsidR="495F5CF9" w:rsidRDefault="0B308E9C" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE2554" w14:paraId="1853424B" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="180FACB5" w14:textId="77777777" w:rsidR="00BE2554" w:rsidRPr="50272997" w:rsidRDefault="00BE2554" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C6155AD" w14:textId="76207F7C" w:rsidR="00BE2554" w:rsidRPr="00BE2554" w:rsidRDefault="00BE2554" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SAMEDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D2090FC" w14:textId="186EC944" w:rsidR="00BE2554" w:rsidRPr="50272997" w:rsidRDefault="004D34F6" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5566E3CB" w14:textId="6D7DDCD2" w:rsidR="00BE2554" w:rsidRPr="50272997" w:rsidRDefault="00E85648" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85648">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="673DD130" w14:textId="0BA7D8B4" w:rsidR="00BE2554" w:rsidRPr="002644B9" w:rsidRDefault="002644B9" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>200 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="498F1499" w14:textId="1542224B" w:rsidR="00BE2554" w:rsidRPr="00043D5D" w:rsidRDefault="00B22422" w:rsidP="46880B87">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="004E640E">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>BRM 200 km : 28 mars 2026</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11161C95" w14:textId="03F4C888" w:rsidR="00BE2554" w:rsidRPr="00DE17DF" w:rsidRDefault="00FD3796" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE17DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BREVET </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="1095F545" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D2322DE" w14:textId="33579FF2" w:rsidR="6C9BB083" w:rsidRDefault="6C9BB083" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00836EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H </w:t>
+            </w:r>
+            <w:r w:rsidR="00836EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02492774" w14:textId="5A0160ED" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76D6824F" w14:textId="58B6B246" w:rsidR="1940C4F8" w:rsidRDefault="1940C4F8" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9B3AC7" w14:textId="1E0BCADA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="699A644D" w14:textId="3F783C31" w:rsidR="1940C4F8" w:rsidRDefault="1940C4F8" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>29/03/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F89848D" w14:textId="51D58FC9" w:rsidR="1940C4F8" w:rsidRDefault="1940C4F8" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI312</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29306018" w14:textId="1BAAF466" w:rsidR="1940C4F8" w:rsidRDefault="1940C4F8" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>82 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46DDFF7A" w14:textId="2485DB61" w:rsidR="1AD74BD7" w:rsidRDefault="4EBE6BB5" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>66 KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="0BF9A86A" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3B3E2AD0" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BC93CE2" w14:textId="1CCC39FA" w:rsidR="6B07DE43" w:rsidRDefault="6B07DE43" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId27">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14320357</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1AF78F9A" w14:textId="2EA7171E" w:rsidR="6B07DE43" w:rsidRDefault="6B07DE43" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId28">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17928267</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FCCABC2" w14:textId="3978AD57" w:rsidR="6B07DE43" w:rsidRDefault="2A0D2A79" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55083431" w14:textId="2F41B627" w:rsidR="6B07DE43" w:rsidRDefault="2A0D2A79" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="1A604D0F" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E63C469" w14:textId="507FF47C" w:rsidR="1728FC15" w:rsidRDefault="1728FC15" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D12D84E" w14:textId="32E8DA16" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="450A5F4F" w14:textId="47522AD0" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01681150" w14:textId="75EDEA97" w:rsidR="693CA506" w:rsidRDefault="693CA506" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E7DEEB5" w14:textId="4A24EDF7" w:rsidR="693CA506" w:rsidRDefault="693CA506" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>05/04/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21B20432" w14:textId="4169960C" w:rsidR="79707566" w:rsidRDefault="79707566" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI313</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31CB844A" w14:textId="31F9408C" w:rsidR="5EF0CA7D" w:rsidRDefault="5EF0CA7D" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="4829276F" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="46880B87" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5B128942" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13884B54" w14:textId="79D65461" w:rsidR="5B128942" w:rsidRDefault="29080558" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">69 </w:t>
+            </w:r>
+            <w:r w:rsidR="54F1505D" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS : </w:t>
+            </w:r>
+            <w:r w:rsidR="51DCB616" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="59D9B9F1" w14:textId="17D3E8B4" w:rsidR="6AD75B42" w:rsidRDefault="6AD75B42" w:rsidP="46880B87">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId29">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14353312</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="65C2EB9A" w14:textId="71F7440E" w:rsidR="6AD75B42" w:rsidRDefault="6AD75B42" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId30">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17928383</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10B6383F" w14:textId="78A4F182" w:rsidR="4C67FD51" w:rsidRDefault="5463EF83" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56788927" w14:textId="0B49107D" w:rsidR="4C67FD51" w:rsidRDefault="5463EF83" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="7101FD19" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40673307" w14:textId="3A270B57" w:rsidR="7CFF1B42" w:rsidRDefault="7CFF1B42" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23249243" w14:textId="1EBBE67F" w:rsidR="1CC7F878" w:rsidRDefault="64339AAD" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LUNDI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3BC484" w14:textId="293EEC4C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="721E3238" w14:textId="72FD36B9" w:rsidR="61E48C16" w:rsidRDefault="1A8BA373" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>06/04/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E09E8C2" w14:textId="2A2CBD29" w:rsidR="46880B87" w:rsidRDefault="20431558" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1138BB6B" w14:textId="29D65A27" w:rsidR="61E48C16" w:rsidRDefault="1A8BA373" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="5833B540" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : </w:t>
+            </w:r>
+            <w:r w:rsidR="2406C4A2" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503A3847" w14:textId="08B15465" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0614157D" w14:textId="6FD933DF" w:rsidR="4BE607D6" w:rsidRDefault="4BE607D6" w:rsidP="46880B87">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18182714</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31D54D54" w14:textId="71AF7EC2" w:rsidR="4BE607D6" w:rsidRDefault="185FD04B" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA7EBC" w14:paraId="67CB2FE2" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65E27F09" w14:textId="77777777" w:rsidR="00DA7EBC" w:rsidRPr="50272997" w:rsidRDefault="00DA7EBC" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D30574F" w14:textId="3E8BC98A" w:rsidR="00DA7EBC" w:rsidRPr="00DA7EBC" w:rsidRDefault="00DA7EBC" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02923FC7" w14:textId="703B636C" w:rsidR="00DA7EBC" w:rsidRPr="50272997" w:rsidRDefault="00DE17DF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/04/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FA5731C" w14:textId="136C3093" w:rsidR="00DA7EBC" w:rsidRPr="50272997" w:rsidRDefault="00DE17DF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85648">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="493DCD65" w14:textId="361FFDDE" w:rsidR="00DA7EBC" w:rsidRPr="6F3FC679" w:rsidRDefault="00DE17DF" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>300 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="62FD6C76" w14:textId="770D2A9A" w:rsidR="00DA7EBC" w:rsidRPr="00BF3153" w:rsidRDefault="00BF3153" w:rsidP="46880B87">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="004E640E">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>BRM 300 km : 12 avril 2026</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F36E3BA" w14:textId="119103CB" w:rsidR="00DA7EBC" w:rsidRPr="6AFC2677" w:rsidRDefault="00247874" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE17DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BREVET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="0921AE78" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0982F3AD" w14:textId="507FF47C" w:rsidR="514072DC" w:rsidRDefault="514072DC" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24562D03" w14:textId="0BC8CF02" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45A3973D" w14:textId="30B43745" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B2EC581" w14:textId="33877260" w:rsidR="59202044" w:rsidRDefault="59202044" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D38F7E" w14:textId="1C8A045E" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BE211BA" w14:textId="05A74016" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="779B046C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="4D4EC01C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F52CED4" w14:textId="019FD862" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42EEFEC9" w14:textId="0CF444F7" w:rsidR="64F998B6" w:rsidRDefault="64F998B6" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>81 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35BD79E2" w14:textId="762ED5CE" w:rsidR="64F998B6" w:rsidRDefault="5EAC11A2" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="679674CC" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B74AEE" w14:textId="40B78059" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B619F30" w14:textId="73D69BF5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId33">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18477089</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="788C2E9C" w14:textId="711DCBFA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId34">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17928511</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="691F77EA" w14:textId="4F15824D" w:rsidR="0BA58FA6" w:rsidRDefault="0A73D81D" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+            <w:r w:rsidR="3781E449" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> RENAUDIERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="63D08338" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2876595D" w14:textId="507FF47C" w:rsidR="13CBF1EC" w:rsidRDefault="13CBF1EC" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12DD5203" w14:textId="0D2EEB32" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44EE3D52" w14:textId="10B21CD7" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="225B0057" w14:textId="7005EF59" w:rsidR="46880B87" w:rsidRDefault="6CE5AEB8" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4710A218" w14:textId="4064E030" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="345D31F6" w14:textId="4B4CD820" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="617C79E5" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5270E132" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="215E78A5" w14:textId="42C14E65" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17FEE850" w14:textId="0021F625" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>87 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041CDD40" w14:textId="7429823A" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70 KMS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="2D94785D" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="2B5FCFB8" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FD5F03E" w14:textId="01830E42" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId35">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14353857</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1E417A83" w14:textId="3C1B647C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId36">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17928604</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F26785A" w14:textId="60F8AA57" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="525C9EC0" w14:textId="641F16C4" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="6C11600D" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F2D1EEF" w14:textId="507FF47C" w:rsidR="710DB892" w:rsidRDefault="710DB892" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20587521" w14:textId="258E85C3" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="510BD490" w14:textId="0ECA6CC0" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58687FD1" w14:textId="7005EF59" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3221F252" w14:textId="114A5AD6" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="13F2E5C6" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/04/202</w:t>
+            </w:r>
+            <w:r w:rsidR="10D91C35" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2370C3C4" w14:textId="49B9FA20" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI316</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F7A92CB" w14:textId="2215D077" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>92 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A952459" w14:textId="122F05DF" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>68 KM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S :</w:t>
+            </w:r>
+            <w:r w:rsidR="5C72B287" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="461F1400" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18A81800" w14:textId="4B815997" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId37">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14354107</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1E9422B9" w14:textId="66A3461D" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId38">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17931389</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26C46C6D" w14:textId="17A078BC" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C9A48B" w14:textId="34C9876C" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="26663845" w14:paraId="1111CB9F" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="375C8E06" w14:textId="209E15D6" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6422069B" w14:textId="3AAD22D2" w:rsidR="44952660" w:rsidRDefault="44952660" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005320A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>VENDREDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="62FE9A08" w14:textId="09F6404B" w:rsidR="44952660" w:rsidRDefault="44952660" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>01/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="43430656" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="576C82E1" w14:textId="42932043" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D47CC65" w14:textId="47422270" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22F40FF5" w14:textId="346683F8" w:rsidR="44952660" w:rsidRDefault="44952660" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LA FRANCOIS BOSSEAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16C5807F" w14:textId="2F15CCAD" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005320A6" w14:paraId="5C3A1475" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="198B00F5" w14:textId="77777777" w:rsidR="005320A6" w:rsidRDefault="005320A6" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04B08682" w14:textId="1F9C8054" w:rsidR="005320A6" w:rsidRPr="50272997" w:rsidRDefault="005320A6" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0E2740"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005320A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SAMEDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0324D1FE" w14:textId="55A5579C" w:rsidR="005320A6" w:rsidRPr="50272997" w:rsidRDefault="005320A6" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3698A98F" w14:textId="58B6E7FF" w:rsidR="005320A6" w:rsidRDefault="005320A6" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85648">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19AD93D8" w14:textId="5FA52198" w:rsidR="005320A6" w:rsidRDefault="005320A6" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>400 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="330D7520" w14:textId="250EC783" w:rsidR="005320A6" w:rsidRPr="002A4ADF" w:rsidRDefault="002A4ADF" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="004E640E">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>BRM 400 km : 2 mai 2026</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2653142F" w14:textId="5DD26C13" w:rsidR="005320A6" w:rsidRDefault="005320A6" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE17DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BREVET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="668F2CD2" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40FCF515" w14:textId="19A43FC4" w:rsidR="72B8A931" w:rsidRDefault="72B8A931" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H</w:t>
+            </w:r>
+            <w:r w:rsidR="45BC05B5" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2970BA09" w14:textId="6EACA720" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58E73575" w14:textId="434E1CD2" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="541776C6" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="6236A7C5" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AEF39E7" w14:textId="7E7A7697" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2896E52E" w14:textId="0068A28F" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>90 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5070B2" w14:textId="7D0B12F4" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>71 KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="33C76A8B" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="09D1E58B" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7679E67E" w14:textId="0BFE4DD0" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId40">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14369674</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="60738695" w14:textId="509999DC" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId41">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17931494</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07359AF1" w14:textId="580DA780" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JALLAIS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58B8BAFF" w14:textId="47654605" w:rsidR="46880B87" w:rsidRDefault="45A58C2A" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT :</w:t>
+            </w:r>
+            <w:r w:rsidR="158A2D89" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="78F8AE91" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="2096DE54" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="140C9502" w14:textId="4B2C8ECF" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75D25671" w14:textId="31E002E7" w:rsidR="46880B87" w:rsidRDefault="331BD45D" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>VENDREDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B1CC111" w14:textId="5E3D9ECC" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="50493A40" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7535626C" w14:textId="7CE33D21" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E86B7F3" w14:textId="4DB03BAF" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="2DD054DC" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/2</w:t>
+            </w:r>
+            <w:r w:rsidR="71EA1575" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C55BA5E" w14:textId="4B209190" w:rsidR="46880B87" w:rsidRDefault="3487C235" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Camping de la Venise</w:t>
+            </w:r>
+            <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Verte</w:t>
+            </w:r>
+            <w:r w:rsidR="76B6ECF1" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">79510 </w:t>
+            </w:r>
+            <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coulon</w:t>
+            </w:r>
+            <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42">
+              <w:r w:rsidR="482B7E7B" w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>www.camping-</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="02310407" w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>laveniseverte.fr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="653AE3CF" w14:textId="0B5132E5" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="735AEFFF" w14:textId="58DCFAEF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="4D01F516" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0418D72E" w14:textId="19A43FC4" w:rsidR="0FF40F85" w:rsidRDefault="0FF40F85" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20DB9858" w14:textId="086C3993" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36FA9B1E" w14:textId="2DB77395" w:rsidR="46880B87" w:rsidRDefault="364200E3" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>VENDREDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="486C735E" w14:textId="35607F01" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="7F09A927" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="733A0E8C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="501DA405" w14:textId="61DC5FC9" w:rsidR="46880B87" w:rsidRDefault="2A1D08F1" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="070A1471" w14:textId="4ADFB2BC" w:rsidR="46880B87" w:rsidRDefault="2A1D08F1" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40C75EC3" w14:textId="30127EB6" w:rsidR="46880B87" w:rsidRDefault="3F5921C7" w:rsidP="26663845">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18080732</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="088FF164" w14:textId="71B3CDDF" w:rsidR="46880B87" w:rsidRDefault="21E17C3A" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F81FF1" w14:textId="04679717" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="08A456CB" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AA86323" w14:textId="19A43FC4" w:rsidR="382DBC58" w:rsidRDefault="382DBC58" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7695C709" w14:textId="65196473" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5675AE3F" w14:textId="168FA818" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FB36FF8" w14:textId="723175A4" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="347962EA" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="460C9472" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DCCEC55" w14:textId="2831EBD2" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI318</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48ACD03C" w14:textId="09D3716C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>92 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6019B89C" w14:textId="764E6682" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>84 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="28C0DC11" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FF6570E" w14:textId="676C53A0" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId44">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14389867</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="18CD246A" w14:textId="01C772DA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId45">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17931608</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56F1CDC7" w14:textId="71B3CDDF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33CAA49E" w14:textId="727C246F" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="26663845" w14:paraId="4983E779" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45B2200E" w14:textId="30275C33" w:rsidR="4D43EF27" w:rsidRDefault="4D43EF27" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2252614D" w14:textId="6C1100E3" w:rsidR="6347C622" w:rsidRDefault="6347C622" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JEUDI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653EBA03" w14:textId="3DD474C1" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7ACBD483" w14:textId="48A619DC" w:rsidR="6347C622" w:rsidRDefault="6347C622" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>14/05/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="737D4883" w14:textId="745FF677" w:rsidR="5B5867B6" w:rsidRDefault="5B5867B6" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JE</w:t>
+            </w:r>
+            <w:r w:rsidR="064692FF" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D16F0F6" w14:textId="53DF771B" w:rsidR="5B5867B6" w:rsidRDefault="5B5867B6" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>91 KMS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="005733C7" w14:textId="51E8146C" w:rsidR="5B5867B6" w:rsidRDefault="5A3D0AB7" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>84 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24D838ED" w14:textId="32F2E67C" w:rsidR="5B5867B6" w:rsidRDefault="5B5867B6" w:rsidP="26663845">
+            <w:hyperlink r:id="rId46">
+              <w:r w:rsidRPr="6F3FC679">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/13759200</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="43041FF3" w14:textId="156A998B" w:rsidR="5B5867B6" w:rsidRDefault="37C0E92E" w:rsidP="26663845">
+            <w:hyperlink r:id="rId47">
+              <w:r w:rsidRPr="6F3FC679">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18836011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DCD4D94" w14:textId="71B3CDDF" w:rsidR="5B5867B6" w:rsidRDefault="461C798F" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01420C90" w14:textId="4405158E" w:rsidR="5B5867B6" w:rsidRDefault="461C798F" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="26663845" w14:paraId="5E6B280A" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18D2E130" w14:textId="19A43FC4" w:rsidR="43A54F85" w:rsidRDefault="43A54F85" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C16F43C" w14:textId="2563A9E6" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="678ACFCA" w14:textId="45CE11C5" w:rsidR="5D9A58EA" w:rsidRDefault="5D9A58EA" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3106F1AC" w14:textId="10C2F6A0" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51C38CEC" w14:textId="14F9237A" w:rsidR="5D9A58EA" w:rsidRDefault="5D9A58EA" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>17/05/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="356115BD" w14:textId="0A2FD025" w:rsidR="5D9A58EA" w:rsidRDefault="5D9A58EA" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D86D29B" w14:textId="1C52ED29" w:rsidR="3F2A171F" w:rsidRDefault="3F2A171F" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>96 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A0F4CB3" w14:textId="6E95556E" w:rsidR="5D9BD271" w:rsidRDefault="5D9BD271" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>87 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4EA3E84F" w14:textId="1049389E" w:rsidR="314EEDAA" w:rsidRDefault="0A2D74C1" w:rsidP="1BCF7023">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48">
+              <w:r w:rsidRPr="1BCF7023">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14390089</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="2DB1D587" w14:textId="04FFF974" w:rsidR="314EEDAA" w:rsidRDefault="1A65561F" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId49">
+              <w:r w:rsidRPr="1BCF7023">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17931739</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49DF0332" w14:textId="3C5D0B48" w:rsidR="1DC4728C" w:rsidRDefault="0DD788E5" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SALLE AUBRY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D444158" w14:textId="36397FC3" w:rsidR="5D9A58EA" w:rsidRDefault="078CD57B" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="669C346A" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68DF8F72" w14:textId="19A43FC4" w:rsidR="28C1449B" w:rsidRDefault="28C1449B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB864C5" w14:textId="12396F42" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D4D20C3" w14:textId="45CE11C5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49CE2574" w14:textId="4B30E116" w:rsidR="46880B87" w:rsidRDefault="1AEC5575" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/202</w:t>
+            </w:r>
+            <w:r w:rsidR="4C2CE045" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="141945C4" w14:textId="481C8282" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B2FE893" w14:textId="2128D7EC" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>93 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73AEFC9F" w14:textId="30AE3390" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>78 KMS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="17656AFA" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="1231741C" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="236CB437" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="755D77EB" w14:textId="539BD3A4" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId50">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/14390242</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="336CB594" w14:textId="46CB74A6" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId51">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17931819</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FBA119A" w14:textId="69E4AB45" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2691522E" w14:textId="719029CD" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="0411F871" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CE3C724" w14:textId="0648AB10" w:rsidR="1B2FDB0E" w:rsidRDefault="1B2FDB0E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BAA2AD2" w14:textId="6F7EE73A" w:rsidR="46880B87" w:rsidRDefault="002B04C9" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LUNDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="658A13CB" w14:textId="2B0B55CF" w:rsidR="46880B87" w:rsidRDefault="002B04C9" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="3F59B56D" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="1A13677B" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19E52BAF" w14:textId="299597C0" w:rsidR="46880B87" w:rsidRDefault="2AF8C952" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI219</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F62C55A" w14:textId="149F744F" w:rsidR="46880B87" w:rsidRDefault="3C64AD83" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>89 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E76B227" w14:textId="219B9ED0" w:rsidR="46880B87" w:rsidRDefault="3C64AD83" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.openrunner.com/r/18081089</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D16D303" w14:textId="27CCFB0F" w:rsidR="46880B87" w:rsidRDefault="51B99D6C" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA238" w14:textId="77777777" w:rsidTr="0064378F">
-[...50 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00E11722" w14:paraId="52C3445A" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1FFF885C" w14:textId="77777777" w:rsidR="00E11722" w:rsidRPr="50272997" w:rsidRDefault="00E11722" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="291F04BE" w14:textId="4562DA6F" w:rsidR="00E11722" w:rsidRPr="50272997" w:rsidRDefault="00E11722" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SAMEDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2605C644" w14:textId="6C0F02FB" w:rsidR="00E11722" w:rsidRPr="50272997" w:rsidRDefault="00E11722" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...61 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/05/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4693DEFE" w14:textId="2C5A23A9" w:rsidR="00E11722" w:rsidRPr="50272997" w:rsidRDefault="00E11722" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85648">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RCA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31DE8A45" w14:textId="5022E3A4" w:rsidR="00E11722" w:rsidRPr="6F3FC679" w:rsidRDefault="00E11722" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...151 lines deleted...]
-              <w:r w:rsidRPr="009A56D5">
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>600 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="416B444B" w14:textId="7A7B27EB" w:rsidR="00E11722" w:rsidRPr="004E640E" w:rsidRDefault="008101AA" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="004E640E">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="80340D" w:themeColor="accent2" w:themeShade="80"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>BRM 600 km : 30 mai 2026</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B27D92C" w14:textId="4FB2628F" w:rsidR="00E11722" w:rsidRPr="6AFC2677" w:rsidRDefault="00D95612" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE17DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BREVET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="4C192C5D" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A315A6B" w14:textId="19A43FC4" w:rsidR="5E9A5D1F" w:rsidRDefault="5E9A5D1F" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EC309FE" w14:textId="7F3D198C" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07414DBF" w14:textId="0C26FA7A" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69ABFB59" w14:textId="2E447BDD" w:rsidR="46880B87" w:rsidRDefault="403D36FB" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="08A9A879" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="204C0F68" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D149E9E" w14:textId="60C1385A" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI321</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04A277D4" w14:textId="05A70A4B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>94 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="662A5BF0" w14:textId="44010565" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>85 KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="71114671" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="44A752C2" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="6F56B94D" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42918559" w14:textId="7866F9C3" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId54">
+              <w:r w:rsidRPr="46880B87">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18128399</w:t>
+                <w:t>https://www.openrunner.com/r/18435850</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...202 lines deleted...]
-              <w:r w:rsidRPr="00C90374">
+          <w:p w14:paraId="682B79E2" w14:textId="033961D7" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId55">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/10760082</w:t>
+                <w:t>https://www.openrunner.com/r/18436011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:t>CIRCUIT JE120</w:t>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02FA9A71" w14:textId="6381107A" w:rsidR="46880B87" w:rsidRDefault="564D1FBF" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28E8D3A2" w14:textId="502C059B" w:rsidR="46880B87" w:rsidRDefault="564D1FBF" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B47946" w14:paraId="091FA4A5" w14:textId="77777777" w:rsidTr="0064378F">
-[...73 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="40E37F12" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17592B3D" w14:textId="4B7901AA" w:rsidR="74D2DF00" w:rsidRDefault="74D2DF00" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>07 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30A48669" w14:textId="1A96C640" w:rsidR="46880B87" w:rsidRDefault="4DA05F18" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SAMEDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="732A7B55" w14:textId="2C234A89" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="5DCC86E9" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="44D305CA" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="480E23F6" w14:textId="5A267A69" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C6EAF39" w14:textId="3292A13B" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="63A95292" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...280 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>KMS</w:t>
             </w:r>
-            <w:r>
-[...135 lines deleted...]
-              <w:r w:rsidRPr="00546D92">
+          </w:p>
+          <w:p w14:paraId="34B64ECA" w14:textId="48B74211" w:rsidR="46880B87" w:rsidRDefault="015A6631" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>128 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BC37C69" w14:textId="2DE97B39" w:rsidR="46880B87" w:rsidRDefault="229DDFDA" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18128563</w:t>
+                <w:t>https://www.openrunner.com/r/22614578</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...291 lines deleted...]
-              <w:r w:rsidRPr="00E87E2D">
+          <w:p w14:paraId="4A7A8F35" w14:textId="2F6912FD" w:rsidR="46880B87" w:rsidRDefault="229DDFDA" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId57">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18170254</w:t>
+                <w:t>https://www.openrunner.com/r</w:t>
               </w:r>
-            </w:hyperlink>
-[...538 lines deleted...]
-              <w:r w:rsidR="00D72543" w:rsidRPr="0001527E">
+              <w:r w:rsidR="6F1A0B57" w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18182105</w:t>
+                <w:t>/22733971</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10DABB41" w14:textId="50E51942" w:rsidR="46880B87" w:rsidRDefault="58A2A729" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...28 lines deleted...]
-              <w:t>E FIEF SAUVIN</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TDMC 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31626A93" w14:textId="786E707B" w:rsidR="46880B87" w:rsidRDefault="66D646AC" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">128 </w:t>
+            </w:r>
+            <w:r w:rsidR="505DAD97" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="4C558E17" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="66D3F1D0" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA270" w14:textId="77777777" w:rsidTr="0064378F">
-[...70 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="44D70C90" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5AA0FB76" w14:textId="19A43FC4" w:rsidR="1B67692A" w:rsidRDefault="1B67692A" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707A5F94" w14:textId="4F83A160" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34D7602A" w14:textId="611D1422" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="238AABF0" w14:textId="782C9E40" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="412B4897" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/06/202</w:t>
             </w:r>
-            <w:r w:rsidR="00EB0F3B">
-[...76 lines deleted...]
-              <w:r w:rsidRPr="00C7580E">
+            <w:r w:rsidR="382303D9" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71EFDBD4" w14:textId="47F41FB6" w:rsidR="46880B87" w:rsidRDefault="382303D9" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI322</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4164380E" w14:textId="58606DAB" w:rsidR="46880B87" w:rsidRDefault="382303D9" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="3E404E86" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Int_BvdXmIj1"/>
+            <w:r w:rsidR="3E404E86" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3A1C558D" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3058A12C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="3058A12C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMS </w:t>
+            </w:r>
+            <w:r w:rsidR="06E42A92" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39D1A32E" w14:textId="1DB27835" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId58">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/19800102</w:t>
+                <w:t>https://www.openrunner.com/r/14390684</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...281 lines deleted...]
-              <w:r w:rsidRPr="00975F16">
+          <w:p w14:paraId="25B91E0D" w14:textId="6B1AB893" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId59">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18182291</w:t>
+                <w:t>https://www.openrunner.com/r/17932024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="555670B5" w14:textId="4DBB9732" w:rsidR="46880B87" w:rsidRDefault="5C820D1A" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6711E71B" w14:textId="3B7715F7" w:rsidR="46880B87" w:rsidRDefault="5C820D1A" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0B7D" w14:paraId="0BDAA280" w14:textId="77777777" w:rsidTr="0064378F">
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="153BC422" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32BF88BC" w14:textId="19A43FC4" w:rsidR="005A7677" w:rsidRDefault="005A7677" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="728D4808" w14:textId="34DB8811" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A0F3D02" w14:textId="771362A5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7D9030B6" w14:textId="7F4817B2" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E4561A1" w14:textId="231302CA" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="7BA3DA1E" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="678A4020" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00DB0B7D" w:rsidRPr="00A857E9">
-[...180 lines deleted...]
-              <w:r w:rsidRPr="00B445AC">
+          </w:p>
+          <w:p w14:paraId="5353D4B2" w14:textId="3E58685F" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E3E238A" w14:textId="785B54E2" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI323</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A405AC" w14:textId="4AA09BF3" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B0D192C" w14:textId="4D85ED4D" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>91 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D01CA0" w14:textId="02FE8C3A" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="34B21657" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42E9A206" w14:textId="4A74C576" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1EC31867" w14:textId="392BE0B3" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId60">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18182487</w:t>
+                <w:t>https://www.openrunner.com/r/14390989</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...295 lines deleted...]
-              <w:r w:rsidRPr="00E22D27">
+          <w:p w14:paraId="3A95EAB6" w14:textId="38731E05" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId61">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18182714</w:t>
+                <w:t>https://www.openrunner.com/r/17932156</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A381120" w14:textId="076310A2" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FIEF SAUVIN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34734142" w14:textId="5C502230" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t>ST PIERRE MON</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C85DDC" w14:paraId="0BDAA290" w14:textId="77777777" w:rsidTr="0064378F">
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="10856483" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="478340E2" w14:textId="706DD8F5" w:rsidR="22737359" w:rsidRDefault="22737359" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>07 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2635088F" w14:textId="6A6CD58F" w:rsidR="46880B87" w:rsidRDefault="19DA10FF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JEUDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5900D77C" w14:textId="658819B9" w:rsidR="46880B87" w:rsidRDefault="19DA10FF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="32BD21E0" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7569BC98" w14:textId="42061C78" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0955911A" w14:textId="0AF78210" w:rsidR="46880B87" w:rsidRDefault="3614673D" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r w:rsidR="6FE33DA4" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AEE005F" w14:textId="60C947C7" w:rsidR="46880B87" w:rsidRDefault="672A154B" w:rsidP="26663845">
+            <w:r w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LA RENE SOURICE PAYS DE RETZ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD11E61" w14:textId="381C1472" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DAEB486" w14:textId="64F50ADC" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="3256A170" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47B78188" w14:textId="19A43FC4" w:rsidR="7C2197FD" w:rsidRDefault="7C2197FD" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE1912E" w14:textId="032A9097" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="310E4E0D" w14:textId="25355C36" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FB8D7DC" w14:textId="67EB58FE" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="7546B25C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00EB0F3B">
-[...114 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="07FA8AB2" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="267130B2" w14:textId="68E23FC6" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI324</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="305A316A" w14:textId="2DAFADA7" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="6EDFD1B0" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E95834" w14:textId="29A171C0" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>74 KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="5C00268F" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004E2E0C" w:rsidRPr="00A857E9">
-[...93 lines deleted...]
-              <w:r w:rsidRPr="000876EC">
+            <w:r w:rsidR="5FDB8299" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7716B457" w14:textId="6168D0C8" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId62">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18183097</w:t>
+                <w:t>https://www.openrunner.com/r/19293608</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...276 lines deleted...]
-              <w:r w:rsidR="00525161" w:rsidRPr="00525161">
+          <w:p w14:paraId="486481F8" w14:textId="1CC526DB" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId63">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18204885</w:t>
+                <w:t>https://www.openrunner.com/r/17932302</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D7F81A3" w14:textId="501C8BDF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AC09988" w14:textId="6612535A" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C85DDC" w14:paraId="0BDAA2A0" w14:textId="77777777" w:rsidTr="0064378F">
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="146EC56E" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5DF26290" w14:textId="19A43FC4" w:rsidR="19145718" w:rsidRDefault="19145718" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA27475" w14:textId="2A6F9018" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4822169C" w14:textId="6F9A185B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...207 lines deleted...]
-              <w:r w:rsidRPr="00EE4343">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="074D4811" w14:textId="5D11365D" w:rsidR="46880B87" w:rsidRDefault="004C2805" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/06/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5CC23C0A" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="219C0AB5" w14:textId="1F9D82A0" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI325</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6044702B" w14:textId="79FEFC72" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>92 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102F2087" w14:textId="5A2AFB66" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>81 KMS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="2B8529AD" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="6FBE0C05" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B293807" w14:textId="04014CA9" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId64">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18205119</w:t>
+                <w:t>https://www.openrunner.com/r/14415874</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...292 lines deleted...]
-              <w:r w:rsidRPr="00595513">
+          <w:p w14:paraId="40E1DD58" w14:textId="369B09B0" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId65">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18205359</w:t>
+                <w:t>https://www.openrunner.com/r/17932437</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A477C3E" w14:textId="4C49B26E" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GESTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7F0082" w14:textId="3CB19C01" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E2C5A" w14:paraId="04887B20" w14:textId="77777777" w:rsidTr="0064378F">
-[...25 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="74DC9BA5" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="681F4CC7" w14:textId="19A43FC4" w:rsidR="167DD0C4" w:rsidRDefault="167DD0C4" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DE9FA8E" w14:textId="78CB165F" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C276F06" w14:textId="1BF09BA8" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45E46CD2" w14:textId="408282F4" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A857E9">
-[...81 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="1F8F3F17" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...243 lines deleted...]
-              <w:r w:rsidRPr="00E4671A">
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/07/202</w:t>
+            </w:r>
+            <w:r w:rsidR="0EBD79A3" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E5031D1" w14:textId="4C5361EC" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F0CEBA7" w14:textId="12E265DC" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="030DDBA2" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE4132E" w14:textId="0B9419DB" w:rsidR="46880B87" w:rsidRDefault="535CFF62" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="73D1B531" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C6004D8" w14:textId="213A524A" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId66">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/1</w:t>
+                <w:t>https://www.openrunner.com/r/14416080</w:t>
               </w:r>
-              <w:r w:rsidRPr="00E4671A">
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="702FFA4B" w14:textId="5756879F" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId67">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>8435334</w:t>
+                <w:t>https://www.openrunner.com/r/17932552</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26EABD30" w14:textId="033B944F" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ST PIERRE </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E560C8F" w14:textId="0464153E" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...13 lines deleted...]
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90EDB" w14:paraId="36FC7B60" w14:textId="77777777" w:rsidTr="0064378F">
-[...231 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="26663845" w14:paraId="42BBC11E" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31AF1644" w14:textId="19A43FC4" w:rsidR="4090091D" w:rsidRDefault="4090091D" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60C338B7" w14:textId="02352E66" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31AA0DA7" w14:textId="7E988997" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...210 lines deleted...]
-              <w:r w:rsidRPr="007E49E1">
+          <w:p w14:paraId="32FB5153" w14:textId="002DCAE5" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78BB9077" w14:textId="49C05D36" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12/07/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B7ED548" w14:textId="4773A949" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI327</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="128A171C" w14:textId="040A6883" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>103KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="312C4CAA" w14:textId="6C664F3F" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>89 KMS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78F751EA" w14:textId="507B2DB1" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="26663845">
+            <w:hyperlink r:id="rId68">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18215925</w:t>
+                <w:t>https://www.openrunner.com/r/17623271</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...276 lines deleted...]
-              <w:r w:rsidR="00917A5E" w:rsidRPr="00B07D4C">
+          <w:p w14:paraId="45503167" w14:textId="54E14A31" w:rsidR="41A65703" w:rsidRDefault="41A65703" w:rsidP="26663845">
+            <w:hyperlink r:id="rId69">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18240376</w:t>
+                <w:t>https://www.openrunner.com/r/17932708</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57F5ED79" w14:textId="4E17F208" w:rsidR="41A65703" w:rsidRDefault="49D04080" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2814B2ED" w14:textId="596579AD" w:rsidR="41A65703" w:rsidRDefault="49D04080" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C85DDC" w14:paraId="0BDAA2C8" w14:textId="77777777" w:rsidTr="0064378F">
-[...272 lines deleted...]
-              <w:r w:rsidRPr="00F119AF">
+      <w:tr w:rsidR="26663845" w14:paraId="0079A1E3" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="372F7F1E" w14:textId="355962C1" w:rsidR="7049335D" w:rsidRDefault="7049335D" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AFC093A" w14:textId="4D1BA475" w:rsidR="7C13FF3E" w:rsidRDefault="7C13FF3E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MARDI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E78AA0A" w14:textId="73EDAE32" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12E5A611" w14:textId="5FFBCEEC" w:rsidR="7C13FF3E" w:rsidRDefault="7C13FF3E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>14/0</w:t>
+            </w:r>
+            <w:r w:rsidR="005264ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5137248D" w14:textId="4D3205D6" w:rsidR="7C13FF3E" w:rsidRDefault="7C13FF3E" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27EC4769" w14:textId="6167AEA2" w:rsidR="7C13FF3E" w:rsidRDefault="7C13FF3E" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>93 KMS : A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1695CC5D" w14:textId="1D6E2AEE" w:rsidR="7C13FF3E" w:rsidRDefault="7C13FF3E" w:rsidP="26663845">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18240967</w:t>
+                <w:t>https://www.openrunner.com/r/18182030</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BC5B009" w14:textId="45B9DD6A" w:rsidR="7C13FF3E" w:rsidRDefault="3B5FF188" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA2D0" w14:textId="77777777" w:rsidTr="0064378F">
-[...40 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="2766E390" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D074F47" w14:textId="19A43FC4" w:rsidR="5F25E153" w:rsidRDefault="5F25E153" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C45595" w14:textId="571B8625" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A4E57BF" w14:textId="7E988997" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75B4B158" w14:textId="4F7900D3" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="47AD4AA8" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A857E9">
-[...175 lines deleted...]
-              <w:r w:rsidRPr="00A71B27">
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/07/202</w:t>
+            </w:r>
+            <w:r w:rsidR="18065D52" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40E6CA46" w14:textId="3A6FB2A4" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI32</w:t>
+            </w:r>
+            <w:r w:rsidR="52168DA5" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3EE5F6C1" w14:textId="0D80B21A" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="7522F17C" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1DB0C9" w14:textId="4D19C753" w:rsidR="46880B87" w:rsidRDefault="102E0B83" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="749D7DF9" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="7929835A" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="7D33E671" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21446B2E" w14:textId="6CC366D6" w:rsidR="46880B87" w:rsidRDefault="7B82FD91" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId71">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18241347</w:t>
+                <w:t>https://www.openrunner.com/r/17623501</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...498 lines deleted...]
-              <w:r w:rsidRPr="00907509">
+          <w:p w14:paraId="04E6E351" w14:textId="540EFAE8" w:rsidR="46880B87" w:rsidRDefault="7B82FD91" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId72">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17932856</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3EFBADB6" w14:textId="4E93644F" w:rsidR="46880B87" w:rsidRDefault="5A496BA0" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44CFD390" w14:textId="509C5889" w:rsidR="46880B87" w:rsidRDefault="5A496BA0" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="18943397" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23D6A8C1" w14:textId="19A43FC4" w:rsidR="45371ACC" w:rsidRDefault="45371ACC" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD7A45E" w14:textId="368633A3" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="176B889D" w14:textId="2B256D22" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72ED9938" w14:textId="203887DE" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="25BCD001" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/07/202</w:t>
+            </w:r>
+            <w:r w:rsidR="7F27F7B1" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BADB91D" w14:textId="4B6139DF" w:rsidR="46880B87" w:rsidRDefault="5B715EE9" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI329</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="755A5CD2" w14:textId="6E51B080" w:rsidR="46880B87" w:rsidRDefault="5B715EE9" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>106KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="730600FF" w14:textId="5E99FB64" w:rsidR="46880B87" w:rsidRDefault="5B715EE9" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D4C0E87" w14:textId="430B41AE" w:rsidR="46880B87" w:rsidRDefault="5B715EE9" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId73">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17629152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5EA8E579" w14:textId="6CD00CC6" w:rsidR="46880B87" w:rsidRDefault="5B715EE9" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId74">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17945284</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="239D91D9" w14:textId="7C68C988" w:rsidR="46880B87" w:rsidRDefault="7AD062B4" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHEMILLE </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C65766C" w14:textId="611EE9C4" w:rsidR="46880B87" w:rsidRDefault="62971FD7" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="16C35F53" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F7C8A93" w14:textId="19A43FC4" w:rsidR="30B4D3D7" w:rsidRDefault="30B4D3D7" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD41644" w14:textId="2B5DE229" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44FC01B1" w14:textId="4999674B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="498012C2" w14:textId="672138C1" w:rsidR="46880B87" w:rsidRDefault="45D7B2A4" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="3C0CB998" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="006D71C0" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B7A8B8B" w14:textId="69E2AF4A" w:rsidR="46880B87" w:rsidRDefault="006D71C0" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56B8CBA6" w14:textId="4270675F" w:rsidR="46880B87" w:rsidRDefault="006D71C0" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>104KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770FAC39" w14:textId="5DFA3E4A" w:rsidR="46880B87" w:rsidRDefault="006D71C0" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>83 KMS ; B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="166DB4D2" w14:textId="25080741" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71F4A3EB" w14:textId="10E37C24" w:rsidR="46880B87" w:rsidRDefault="30362152" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId75">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17629316</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="68BE73AE" w14:textId="787A08B2" w:rsidR="46880B87" w:rsidRDefault="30362152" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId76">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17945347</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F3BC4E4" w14:textId="4E93644F" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1595B195" w14:textId="2E0F79B9" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="27386853" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61EDA923" w14:textId="19A43FC4" w:rsidR="48CE2A15" w:rsidRDefault="48CE2A15" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A5626C" w14:textId="349E1A76" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D08DB97" w14:textId="3FE44213" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B459162" w14:textId="606190AF" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="6F09629B" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/08/202</w:t>
+            </w:r>
+            <w:r w:rsidR="22718537" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F1099B6" w14:textId="3B28880B" w:rsidR="46880B87" w:rsidRDefault="22718537" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI331</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E13BB98" w14:textId="0C978EF0" w:rsidR="46880B87" w:rsidRDefault="22718537" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>102KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA7BDB0" w14:textId="2D6F900B" w:rsidR="46880B87" w:rsidRDefault="22718537" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>83 KMS : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A3D27D" w14:textId="62CA11FB" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C511DA7" w14:textId="22635422" w:rsidR="46880B87" w:rsidRDefault="229856B1" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId77">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17629488</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7ACC0C81" w14:textId="1049CA1C" w:rsidR="46880B87" w:rsidRDefault="229856B1" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId78">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17945464</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A4D85F5" w14:textId="096E3454" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="076FEE1D" w14:textId="11905B23" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="54240CCC" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="662241CA" w14:textId="45C60FD3" w:rsidR="7BF7412D" w:rsidRDefault="7BF7412D" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48670789" w14:textId="5A657CA1" w:rsidR="46880B87" w:rsidRDefault="4B639923" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SAMEDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1207F8B4" w14:textId="2475F420" w:rsidR="46880B87" w:rsidRDefault="491FC55B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15/08/202</w:t>
+            </w:r>
+            <w:r w:rsidR="412AACCE" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="434587ED" w14:textId="487B2B4F" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C74452E" w14:textId="6062D860" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03FC333A" w14:textId="1970BEF6" w:rsidR="46880B87" w:rsidRDefault="393A5266" w:rsidP="46880B87">
+            <w:r w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RANDONNEE LA CHAPELLE DU GENET</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732EF4C9" w14:textId="6B6DA4BA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A332067" w14:textId="1A535803" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="35A31C8E" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E3B71EC" w14:textId="19A43FC4" w:rsidR="233CBEDB" w:rsidRDefault="233CBEDB" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0911F489" w14:textId="60835C67" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E0AFB09" w14:textId="5BFE5D73" w:rsidR="46880B87" w:rsidRDefault="719FDAA5" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7302A894" w14:textId="6918407F" w:rsidR="46880B87" w:rsidRDefault="719FDAA5" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="39716ACA" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/08/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B856CCE" w14:textId="066642B3" w:rsidR="46880B87" w:rsidRDefault="719FDAA5" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI332</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D63EE4B" w14:textId="04515AB4" w:rsidR="46880B87" w:rsidRDefault="4C0F5688" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>108KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A86456D" w14:textId="39C73272" w:rsidR="46880B87" w:rsidRDefault="4C0F5688" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>101KMS : B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02D45117" w14:textId="6F3FF3BD" w:rsidR="46880B87" w:rsidRDefault="4E53AB4A" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId79">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18434900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="754EDE0C" w14:textId="35A133BD" w:rsidR="46880B87" w:rsidRDefault="4E53AB4A" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId80">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/18435062</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="517DFEF6" w14:textId="096E3454" w:rsidR="46880B87" w:rsidRDefault="105D978C" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A82408" w14:textId="1EE1B9FB" w:rsidR="46880B87" w:rsidRDefault="105D978C" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT : </w:t>
+            </w:r>
+            <w:r w:rsidR="060684FA" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="3275C3A8" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FAD4522" w14:textId="19A43FC4" w:rsidR="692D1775" w:rsidRDefault="692D1775" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E6A4355" w14:textId="3B1FB936" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7967F600" w14:textId="3D0CE037" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BF4FB39" w14:textId="1973AB9A" w:rsidR="46880B87" w:rsidRDefault="4B6C1B6C" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/08/202</w:t>
+            </w:r>
+            <w:r w:rsidR="03EBE7BD" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17848B04" w14:textId="2E5DBAAF" w:rsidR="46880B87" w:rsidRDefault="506AFB30" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C89D3" w14:textId="4792B20E" w:rsidR="46880B87" w:rsidRDefault="506AFB30" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="6B842ECC" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6371EA80" w14:textId="7D653C4A" w:rsidR="46880B87" w:rsidRDefault="506AFB30" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80 KMS : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18493F40" w14:textId="61C2CB12" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04AD9100" w14:textId="1B68A73E" w:rsidR="46880B87" w:rsidRDefault="47BA3BDA" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId81">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17726042</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="2F11F0C0" w14:textId="7F55294C" w:rsidR="46880B87" w:rsidRDefault="47BA3BDA" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId82">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17945798</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="522719C9" w14:textId="237CA54E" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ST </w:t>
+            </w:r>
+            <w:r w:rsidR="17A1B3ED" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MACAIRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D52B86" w14:textId="7F26A430" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="2664B544" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25D271AA" w14:textId="19A43FC4" w:rsidR="4972E4AF" w:rsidRDefault="4972E4AF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1382E47F" w14:textId="6FF21C4C" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="554BFA1B" w14:textId="0F22BAAF" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C974D61" w14:textId="47F4B3D7" w:rsidR="46880B87" w:rsidRDefault="098616C3" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/08/202</w:t>
+            </w:r>
+            <w:r w:rsidR="1E29F22A" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="46C8EF57" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="235B11A2" w14:textId="1C34B78D" w:rsidR="46880B87" w:rsidRDefault="46C8EF57" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI334</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EF88468" w14:textId="6F5334E4" w:rsidR="46880B87" w:rsidRDefault="46C8EF57" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>103KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E627FDB" w14:textId="71713BEE" w:rsidR="46880B87" w:rsidRDefault="50327321" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+            <w:r w:rsidR="46C8EF57" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3144788B" w14:textId="42427433" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32169A02" w14:textId="0A8AC53F" w:rsidR="46880B87" w:rsidRDefault="7D507452" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId83">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17726169</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="04F35573" w14:textId="0251169A" w:rsidR="46880B87" w:rsidRDefault="7D507452" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId84">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17945955</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D16C43C" w14:textId="62BD3ECD" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ST ANDRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F6E4A6D" w14:textId="16205175" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="56D5D985" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C66F554" w14:textId="44BCD0DD" w:rsidR="61496D24" w:rsidRDefault="61496D24" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08 H </w:t>
+            </w:r>
+            <w:r w:rsidR="10EB1325" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC63207" w14:textId="0394BF42" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B9F4AEC" w14:textId="2055266B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36FE1548" w14:textId="267D0C40" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="3D616B66" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/09/202</w:t>
+            </w:r>
+            <w:r w:rsidR="6CC12516" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71D93FE9" w14:textId="7594D2F1" w:rsidR="46880B87" w:rsidRDefault="6CC12516" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI335</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B71BE44" w14:textId="65673D4A" w:rsidR="46880B87" w:rsidRDefault="05B28932" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>101KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D316038" w14:textId="79D62620" w:rsidR="46880B87" w:rsidRDefault="05B28932" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="11CC118F" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE129A" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="3063CDF1" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="564FD687" w14:textId="75734E04" w:rsidR="46880B87" w:rsidRDefault="3886B9C8" w:rsidP="46880B87">
+            <w:r w:rsidRPr="26663845">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85">
+              <w:r w:rsidR="4D61DF6A" w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ttps://www.openrunner.com/r/17697764</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="73245629" w14:textId="21D480EF" w:rsidR="46880B87" w:rsidRDefault="4D61DF6A" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId86">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17946113</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73B2FCD6" w14:textId="67878BAF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHOLET  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A8793C3" w14:textId="5E447564" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="245401AA" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="05D74212" w14:textId="4ABFA336" w:rsidR="0E997D74" w:rsidRDefault="0E997D74" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>07 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47EEEDBF" w14:textId="09C54565" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D857BAF" w14:textId="473C584E" w:rsidR="46880B87" w:rsidRDefault="7EA860EE" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/09/202</w:t>
+            </w:r>
+            <w:r w:rsidR="43A8EA08" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14AB664B" w14:textId="4ED97495" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F24B21B" w14:textId="6AEFFBEC" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D11C4FF" w14:textId="1FA18378" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:r w:rsidRPr="46880B87">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RANDONNEE CŒUR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="46880B87">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DES MAUGES CCB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3911AC5C" w14:textId="2E8184B3" w:rsidR="46880B87" w:rsidRDefault="5C996CCA" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CCB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="4F0FA87B" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EFC4483" w14:textId="4829282E" w:rsidR="635DCD5F" w:rsidRDefault="635DCD5F" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08 H </w:t>
+            </w:r>
+            <w:r w:rsidR="631A70CF" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1772709A" w14:textId="5E4E2044" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A39EE8B" w14:textId="65B00BA8" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F0DD9C3" w14:textId="59A0A115" w:rsidR="46880B87" w:rsidRDefault="3E908762" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="476A1083" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/09/202</w:t>
+            </w:r>
+            <w:r w:rsidR="6768351F" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01FF74D6" w14:textId="4871E9B2" w:rsidR="46880B87" w:rsidRDefault="203492FF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D336</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F031E57" w14:textId="01E5C5C2" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AE15049" w14:textId="2098F6AC" w:rsidR="46880B87" w:rsidRDefault="4B780DAF" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>90 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05916B9E" w14:textId="6068B759" w:rsidR="46880B87" w:rsidRDefault="4B780DAF" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="37D855D4" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KMS :</w:t>
+            </w:r>
+            <w:r w:rsidR="5423F160" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="670251F4" w14:textId="444E27FD" w:rsidR="46880B87" w:rsidRDefault="6B51E5ED" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId87">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17697475</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7C97E22D" w14:textId="16B4A189" w:rsidR="46880B87" w:rsidRDefault="6B51E5ED" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId88">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17946279</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6BEA0CDA" w14:textId="0A14CB6F" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61BD9A3B" w14:textId="2E2A4491" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="5FBA4E6A" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AA1884A" w14:textId="0B609F29" w:rsidR="192CE552" w:rsidRDefault="192CE552" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H</w:t>
+            </w:r>
+            <w:r w:rsidR="3899FB30" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F3539C1" w14:textId="7DFA7055" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F7E1426" w14:textId="286BD30C" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="61ED54BF" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/09/202</w:t>
+            </w:r>
+            <w:r w:rsidR="68C08674" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FE6DA6E" w14:textId="2DDEEC7C" w:rsidR="46880B87" w:rsidRDefault="68C08674" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI337</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06BA9E2E" w14:textId="7AB688CD" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F928CAF" w14:textId="00B6D0D7" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="398E5B27" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>86 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42977DFF" w14:textId="7FC9BF1C" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="798D38C0" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="434C520C" w14:textId="52EDD152" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C406FA1" w14:textId="6978AA81" w:rsidR="46880B87" w:rsidRDefault="29DBD0E8" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId89">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17697258</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="375CF9D5" w14:textId="08CBB382" w:rsidR="46880B87" w:rsidRDefault="29DBD0E8" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId90">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17946378</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C9D2AD8" w14:textId="6733FA2B" w:rsidR="46880B87" w:rsidRDefault="003E2B66" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PIN MAUGES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E62A576" w14:textId="06B163A1" w:rsidR="46880B87" w:rsidRDefault="62ED0408" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="2CCA8B79" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B18CC4B" w14:textId="76ABB14A" w:rsidR="04448C4B" w:rsidRDefault="04448C4B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BE56102" w14:textId="521D5BD3" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EC41D5E" w14:textId="3ABBC76C" w:rsidR="46880B87" w:rsidRDefault="118A08BD" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>04/10/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="193D829D" w14:textId="7D5566D6" w:rsidR="46880B87" w:rsidRDefault="118A08BD" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI338</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F8134CE" w14:textId="1479C7DB" w:rsidR="46880B87" w:rsidRDefault="1F6040BE" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>84 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9D97EA" w14:textId="4FCC8EB4" w:rsidR="46880B87" w:rsidRDefault="1F6040BE" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>65 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="69ED9309" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38D62A6C" w14:textId="03D5CD13" w:rsidR="46880B87" w:rsidRDefault="0DD42C6C" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId91">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17726432</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="43EE53CF" w14:textId="48E7C022" w:rsidR="46880B87" w:rsidRDefault="0DD42C6C" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId92">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17959447</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22411C05" w14:textId="5DD67BF4" w:rsidR="46880B87" w:rsidRDefault="4FF29C27" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53265F6E" w14:textId="47EF0805" w:rsidR="46880B87" w:rsidRDefault="4FF29C27" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="4AE47273" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B55B95B" w14:textId="76ABB14A" w:rsidR="26160C79" w:rsidRDefault="26160C79" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F2457D" w14:textId="658589AC" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="05776A15" w14:textId="4A33E187" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165CF4B2" w14:textId="5F33341D" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="195EDCC7" w14:textId="3890614F" w:rsidR="46880B87" w:rsidRDefault="30FCAFB2" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/10/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5974DDE4" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25647C75" w14:textId="3F0A132C" w:rsidR="46880B87" w:rsidRDefault="5974DDE4" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI339</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BC85B39" w14:textId="11CA485D" w:rsidR="46880B87" w:rsidRDefault="4C0DD4A1" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>83 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43BD058C" w14:textId="2B6F0414" w:rsidR="46880B87" w:rsidRDefault="4C0DD4A1" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>72 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="5E483766" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B72EC84" w14:textId="59DC406D" w:rsidR="46880B87" w:rsidRDefault="0B227F4C" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId93">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17726554</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="0EFADA85" w14:textId="684EAF21" w:rsidR="46880B87" w:rsidRDefault="0B227F4C" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId94">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17959548</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="352C2869" w14:textId="27D58F08" w:rsidR="46880B87" w:rsidRDefault="0C5C36A0" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MAY SUR EVRE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA24D4D" w14:textId="382B87C2" w:rsidR="46880B87" w:rsidRDefault="0C5C36A0" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="26663845" w14:paraId="3A60FDF3" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57BBDF54" w14:textId="76ABB14A" w:rsidR="1182EA65" w:rsidRDefault="1182EA65" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F1764A" w14:textId="6DA94637" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A619C1A" w14:textId="5CBA7B92" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B618ECB" w14:textId="671C39AC" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18/10/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A88766C" w14:textId="5F2BE46F" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5141F647" w14:textId="6824C267" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C2DA55B" w14:textId="6D1D3249" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70 KMS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43AA13EF" w14:textId="03C332C9" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="26663845">
+            <w:hyperlink r:id="rId95">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17726701</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="752C0D89" w14:textId="77BB4EA8" w:rsidR="18E63788" w:rsidRDefault="18E63788" w:rsidP="26663845">
+            <w:hyperlink r:id="rId96">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17959630</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="298A99AC" w14:textId="4CBE167B" w:rsidR="18E63788" w:rsidRDefault="0AFD0EC7" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F218ACD" w14:textId="2DE2CFD8" w:rsidR="18E63788" w:rsidRDefault="0AFD0EC7" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="425A36CA" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E677670" w14:textId="5E308618" w:rsidR="15CF4AFB" w:rsidRDefault="15CF4AFB" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08 H 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F0D94CE" w14:textId="05BE3A53" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A3C80A7" w14:textId="0B83B821" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0994A76E" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/10/202</w:t>
+            </w:r>
+            <w:r w:rsidR="15556C24" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DA58240" w14:textId="4DDC0D2F" w:rsidR="46880B87" w:rsidRDefault="15556C24" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI341</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E130E3A" w14:textId="6824C267" w:rsidR="46880B87" w:rsidRDefault="110683A8" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3119914E" w14:textId="33E37005" w:rsidR="46880B87" w:rsidRDefault="110683A8" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>59 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="1864CA33" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:r w:rsidR="1E7F74D4" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="1864CA33" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A6D81E3" w14:textId="6DA240AF" w:rsidR="46880B87" w:rsidRDefault="285C5BFB" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId97">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17737972</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="62CF13E7" w14:textId="12713B18" w:rsidR="46880B87" w:rsidRDefault="285C5BFB" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId98">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17959746</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61411814" w14:textId="267064B1" w:rsidR="46880B87" w:rsidRDefault="2F372335" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35BF0D02" w14:textId="6EBBBAA4" w:rsidR="46880B87" w:rsidRDefault="2F372335" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="42427DB6" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A9B212B" w14:textId="6ACADC49" w:rsidR="50B23B23" w:rsidRDefault="50B23B23" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F481431" w14:textId="155F4948" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="073A5B24" w14:textId="646CBA26" w:rsidR="46880B87" w:rsidRDefault="26E8828B" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="264D0D2C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="531C6F64" w14:textId="08442626" w:rsidR="46880B87" w:rsidRDefault="264D0D2C" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D342</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C20B361" w14:textId="75855FC2" w:rsidR="46880B87" w:rsidRDefault="40A968AD" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>76 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="446F74BB" w14:textId="0D8C6793" w:rsidR="46880B87" w:rsidRDefault="40A968AD" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="192A1896" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_Int_Q7kzU9Jj"/>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:r w:rsidR="0743BC94" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="785D985E" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A852054" w14:textId="2D1875DD" w:rsidR="46880B87" w:rsidRDefault="213F298F" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId99">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17738059</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="33A22DAE" w14:textId="1927AE8F" w:rsidR="46880B87" w:rsidRDefault="213F298F" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId100">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17959859</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A5CF4C3" w14:textId="6736447F" w:rsidR="7A463E0E" w:rsidRDefault="433E4D20" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621FAF47" w14:textId="1E0857A9" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="39DCB274" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65CEA05D" w14:textId="588E428C" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3695A92B" w14:textId="0FA3ECF6" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69F7D2CF" w14:textId="5293C0E0" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="02A2F6FB" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/11/202</w:t>
+            </w:r>
+            <w:r w:rsidR="16642D84" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="775FF6B1" w14:textId="5033867E" w:rsidR="46880B87" w:rsidRDefault="16642D84" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI343</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E71C599" w14:textId="015D4D6A" w:rsidR="46880B87" w:rsidRDefault="1A7369EB" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">76 KMS : A </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1640D0FE" w14:textId="280A123C" w:rsidR="46880B87" w:rsidRDefault="1A7369EB" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>62 KMS</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_Int_gDet56XN"/>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:r w:rsidR="77AF7B49" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="5D296115" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="40853AAF" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17277F55" w14:textId="5F7A9203" w:rsidR="46880B87" w:rsidRDefault="010BF850" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId101">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17738843</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="19B4C942" w14:textId="50F4A42B" w:rsidR="46880B87" w:rsidRDefault="010BF850" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId102">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17967185</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D8CCA52" w14:textId="34186641" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SEGUINIERE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118B0F1D" w14:textId="203F09C0" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="4CF83F6F" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34E394D4" w14:textId="53429107" w:rsidR="5167C7DB" w:rsidRDefault="5167C7DB" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68F2312B" w14:textId="27DCD442" w:rsidR="46880B87" w:rsidRDefault="5167C7DB" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MERCREDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64A599DD" w14:textId="571B9B30" w:rsidR="46880B87" w:rsidRDefault="5167C7DB" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11/11/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="740A0937" w14:textId="24AF71FA" w:rsidR="46880B87" w:rsidRDefault="45DEEDE2" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="162922BE" w14:textId="665129A9" w:rsidR="46880B87" w:rsidRDefault="135E8F18" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidR="00D4DA75" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="155F81"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D117B73" w14:textId="49EF92FE" w:rsidR="46880B87" w:rsidRDefault="3D90B756" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId103">
+              <w:r w:rsidRPr="26663845">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.openrunner.com/r/18241588</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31B2AC82" w14:textId="34374093" w:rsidR="46880B87" w:rsidRDefault="72EF759B" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA2E8" w14:textId="77777777" w:rsidTr="0064378F">
-[...56 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="75494300" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0005C9A3" w14:textId="5F60BF1A" w:rsidR="57A1F0B6" w:rsidRDefault="57A1F0B6" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70540C07" w14:textId="4CE07F0F" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...207 lines deleted...]
-              <w:r w:rsidRPr="00A5520C">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53FE6A5C" w14:textId="5EB65F0B" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="15949DB2" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/11/202</w:t>
+            </w:r>
+            <w:r w:rsidR="29F473DB" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78F7F087" w14:textId="61C85C21" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI344</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27ECDAEF" w14:textId="38E0A171" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF9FD20" w14:textId="417F2F56" w:rsidR="46880B87" w:rsidRDefault="54A0DCE2" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="2F8F1BDA" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D272FED" w14:textId="53CE5476" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42B6DBE6" w14:textId="10AAAF80" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId104">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18292167</w:t>
+                <w:t>https://www.openrunner.com/r/17760682</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...306 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+          <w:p w14:paraId="4FCAA927" w14:textId="1294BA7E" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId105">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18320715</w:t>
+                <w:t>https://www.openrunner.com/r/17967273</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="083EE595" w14:textId="522D342F" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DDD7788" w14:textId="03A01915" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA300" w14:textId="77777777" w:rsidTr="0064378F">
-[...40 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="599D9BC0" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68B5CADE" w14:textId="4AAD0931" w:rsidR="0DF978F0" w:rsidRDefault="0DF978F0" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B0439DE" w14:textId="0109EB5D" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...207 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7991EF4D" w14:textId="501198BB" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="1154C78A" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/11/202</w:t>
+            </w:r>
+            <w:r w:rsidR="5A0663B5" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="294166CE" w14:textId="30FE0BF9" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64DF7164" w14:textId="0DCCF394" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>73 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B8AFC84" w14:textId="52D43BEA" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>64 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="537F7930" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F90731F" w14:textId="4FA8510C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId106">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18320963</w:t>
+                <w:t>https://www.openrunner.com/r/17760795</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...299 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+          <w:p w14:paraId="69D7AC65" w14:textId="376EC9C5" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId107">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18321212</w:t>
+                <w:t>https://www.openrunner.com/r/17967475</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16D3F3FB" w14:textId="2E22E7BF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C18965" w14:textId="23F6DF93" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283390" w14:paraId="2529EBEB" w14:textId="77777777" w:rsidTr="0064378F">
-[...294 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="257F5D14" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="608232C0" w14:textId="332C0EA2" w:rsidR="787F2F91" w:rsidRDefault="787F2F91" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="05B8C5FA" w14:textId="08C6F591" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D74E73F" w14:textId="1528826B" w:rsidR="46880B87" w:rsidRDefault="7737A18C" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="5594DC8F" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/20</w:t>
+            </w:r>
+            <w:r w:rsidR="66E87FCD" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A857E9">
-[...196 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5036F8CD" w14:textId="424F1CAA" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5525074D" w14:textId="5AA872DE" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>72 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12D0A5F2" w14:textId="091C7BD8" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>66 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="54ED599B" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidR="55F4544D" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F48FF43" w14:textId="27BF484B" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId108">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18321386</w:t>
+                <w:t>https://www.openrunner.com/r/17760931</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...298 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+          <w:p w14:paraId="25002BBF" w14:textId="5E5EB358" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId109">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18321564</w:t>
+                <w:t>https://www.openrunner.com/r/17967618</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30CA4435" w14:textId="1248BA48" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158BA7F6" w14:textId="318E2EBF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA320" w14:textId="77777777" w:rsidTr="0064378F">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="7FD71106" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CBD6803" w14:textId="7FE8CC4F" w:rsidR="0F640F82" w:rsidRDefault="0F640F82" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="235E4252" w14:textId="55086542" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1063FFF5" w14:textId="49D05A08" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...226 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+            <w:r w:rsidR="401A49DA" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/12/202</w:t>
+            </w:r>
+            <w:r w:rsidR="7B9DAABE" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19BDBB75" w14:textId="2B16A6AB" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI347</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="738E7590" w14:textId="2618AB16" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>71 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB7DA53" w14:textId="1CF2C190" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>62 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="261FE22C" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:r w:rsidR="6D941F92" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="29186A57" w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1BCF7023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6525068F" w14:textId="7329ED96" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId110">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18321793</w:t>
+                <w:t>https://www.openrunner.com/r/17761139</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...268 lines deleted...]
-              <w:r w:rsidRPr="00301922">
+          <w:p w14:paraId="26481DCF" w14:textId="0E07734E" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId111">
+              <w:r w:rsidRPr="46880B87">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18326197</w:t>
+                <w:t>https://www.openrunner.com/r/17967738</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7012812B" w14:textId="57C899C1" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="252A1B90" w14:textId="38388AAA" w:rsidR="46880B87" w:rsidRDefault="158A2D89" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA330" w14:textId="77777777" w:rsidTr="0064378F">
-[...40 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="3BC82EC3" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="709DAB27" w14:textId="3BB50C24" w:rsidR="63DA063A" w:rsidRDefault="63DA063A" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="625FCC1E" w14:textId="51112B75" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...191 lines deleted...]
-              <w:r w:rsidRPr="004C7924">
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="426720B4" w14:textId="0053E525" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0A73A849" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/12/202</w:t>
+            </w:r>
+            <w:r w:rsidR="15C26628" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1721218F" w14:textId="6474C6C3" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI348</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26C726A3" w14:textId="63F5EE3C" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>69 KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FAABD8F" w14:textId="08FF6304" w:rsidR="46880B87" w:rsidRDefault="55546513" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>56 KMS</w:t>
+            </w:r>
+            <w:r w:rsidR="28DF902C" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:r w:rsidR="09D91B36" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="52734BC7" w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5EB07D29" w14:textId="72CFC459" w:rsidR="46880B87" w:rsidRDefault="406EEBA0" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId112">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18326417</w:t>
+                <w:t>https://www.openrunner.com/r/17761268</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...268 lines deleted...]
-              <w:r w:rsidRPr="00CB59F2">
+          <w:p w14:paraId="0C6222F8" w14:textId="7DEF3AF3" w:rsidR="46880B87" w:rsidRDefault="406EEBA0" w:rsidP="46880B87">
+            <w:hyperlink r:id="rId113">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="984806"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18326597</w:t>
+                <w:t>https://www.openrunner.com/r/17967819</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="735AE504" w14:textId="4D3780CF" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B4B8D3" w14:textId="03A98FCE" w:rsidR="46880B87" w:rsidRDefault="413ACB85" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA340" w14:textId="77777777" w:rsidTr="0064378F">
-[...40 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="46880B87" w14:paraId="3585ABCE" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6550B6ED" w14:textId="7E6451E4" w:rsidR="1D2C3201" w:rsidRDefault="1D2C3201" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09D68A0A" w14:textId="647A5C44" w:rsidR="46880B87" w:rsidRDefault="1D2C3201" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DIMANCHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47E7F272" w14:textId="716BD98F" w:rsidR="46880B87" w:rsidRDefault="1D2C3201" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="587C645F" w14:textId="62977D69" w:rsidR="46880B87" w:rsidRDefault="608862EF" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DI349</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08100BAA" w14:textId="5FCDC283" w:rsidR="46880B87" w:rsidRDefault="608862EF" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="3B60D2E5" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="116769A3" w14:textId="3C6077EE" w:rsidR="46880B87" w:rsidRDefault="608862EF" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...164 lines deleted...]
-              <w:r w:rsidRPr="008369C5">
+            <w:r w:rsidR="1D980B19" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS : B</w:t>
+            </w:r>
+            <w:r w:rsidR="55546513" w:rsidRPr="6F3FC679">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="257588C9" w14:textId="30D6314B" w:rsidR="46880B87" w:rsidRDefault="4D1D5E9D" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId114">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18326817</w:t>
+                <w:t>https://www.openrunner.com/r/</w:t>
               </w:r>
-            </w:hyperlink>
-[...270 lines deleted...]
-              <w:r w:rsidRPr="00F67EB2">
+              <w:r w:rsidR="65E3D4C8" w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18327036</w:t>
+                <w:t>17761384</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...268 lines deleted...]
-              <w:r w:rsidRPr="00DA0649">
+          <w:p w14:paraId="0A3853B4" w14:textId="4C981925" w:rsidR="46880B87" w:rsidRDefault="2818D93C" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId115">
+              <w:r w:rsidRPr="26663845">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.openrunner.com/r/18327220</w:t>
+                <w:t>https://www.openrunner.com/r/17967924</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="214ABB9E" w14:textId="4D3780CF" w:rsidR="46880B87" w:rsidRDefault="606E4E0D" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F9083FA" w14:textId="2DECD89C" w:rsidR="46880B87" w:rsidRDefault="606E4E0D" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-              </w:rPr>
-              <w:t>CIRCUIT : B</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008679B3" w14:paraId="0BDAA358" w14:textId="77777777" w:rsidTr="0064378F">
-[...116 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="26663845" w14:paraId="13D8C3EE" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38CC07A5" w14:textId="33EA0135" w:rsidR="750BA1F0" w:rsidRDefault="46775D68" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B69805" w14:textId="03F95A99" w:rsidR="750BA1F0" w:rsidRDefault="750BA1F0" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79503558" w14:textId="5EA64C4C" w:rsidR="5892A69F" w:rsidRDefault="366B913E" w:rsidP="1C9E614A">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JEUDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C66529A" w14:textId="6E00E067" w:rsidR="3463D267" w:rsidRDefault="366B913E" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DA48D32" w14:textId="26B7310D" w:rsidR="26663845" w:rsidRDefault="79F23307" w:rsidP="1C9E614A">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JE050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FAE56DE" w14:textId="17919A79" w:rsidR="60076536" w:rsidRDefault="366B913E" w:rsidP="6F3FC679">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="40F7EBB3" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D402F5">
-[...21 lines deleted...]
-              <w:r w:rsidRPr="0064774E">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6AFF9406" w14:textId="38D786BA" w:rsidR="60076536" w:rsidRDefault="359896D0" w:rsidP="26663845">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId116">
+              <w:r w:rsidRPr="1C9E614A">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
-                  <w:color w:val="984806" w:themeColor="accent6" w:themeShade="80"/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/17860278</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="411E09D4" w14:textId="6085CFAA" w:rsidR="0EA85E8D" w:rsidRDefault="1CBEDB23" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CIRCUIT : A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="26663845" w14:paraId="2A8533E1" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D8477C1" w14:textId="33EA0135" w:rsidR="0BA43C70" w:rsidRDefault="0BA43C70" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5951317C" w14:textId="6E95691B" w:rsidR="6302EF7E" w:rsidRDefault="1855B84A" w:rsidP="1C9E614A">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DIMANCHE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12FCEB3D" w14:textId="5D05B181" w:rsidR="33F0390E" w:rsidRDefault="33F0390E" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="10530AC7" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C90D05D" w14:textId="2AA06CAE" w:rsidR="6DF32F13" w:rsidRDefault="6DF32F13" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4263B012" w14:textId="765C73DA" w:rsidR="26663845" w:rsidRDefault="1000216A" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>64 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3509E8A3" w14:textId="71B90E3F" w:rsidR="26663845" w:rsidRDefault="2304B851" w:rsidP="37897AAF">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId117">
+              <w:r w:rsidRPr="1C9E614A">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.openrunner.com/r/13952444</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F8197C0" w14:textId="4708DB0A" w:rsidR="6DF32F13" w:rsidRDefault="515F4525" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GERARD </w:t>
+            </w:r>
+            <w:r w:rsidR="0342B8D8" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NAUD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332F41DC" w14:textId="70C016FF" w:rsidR="6DF32F13" w:rsidRDefault="6DF32F13" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="0C28AAA3" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="582DBEB7" w14:textId="18C34A1B" w:rsidR="6DF32F13" w:rsidRDefault="362DC0B1" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09A7C11C" w14:textId="656C88CB" w:rsidR="46880B87" w:rsidRDefault="362DC0B1" w:rsidP="1C9E614A">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MARDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78E966F7" w14:textId="392E9151" w:rsidR="46880B87" w:rsidRDefault="362DC0B1" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>29/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4422DCB5" w14:textId="1D233401" w:rsidR="46880B87" w:rsidRDefault="46880B87" w:rsidP="50272997">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50272997">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B71BB">
-[...1 lines deleted...]
-                <w:b/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="029B2AAB" w14:textId="4B5DDC54" w:rsidR="46880B87" w:rsidRDefault="6C9E9B4B" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>64 KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7729C2E6" w14:textId="14ACBD09" w:rsidR="46880B87" w:rsidRDefault="6C9E9B4B" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId118">
+              <w:r w:rsidRPr="1C9E614A">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/13952444</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="55546513" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D7E8FAF" w14:textId="7C7103C4" w:rsidR="46880B87" w:rsidRDefault="1DB8C375" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>NAUD</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GERARD NAUD</w:t>
+            </w:r>
+            <w:r w:rsidR="158A2D89" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="46880B87" w14:paraId="2E8A852E" w14:textId="77777777" w:rsidTr="6AFC2677">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AF7E8C8" w14:textId="30C2E7D0" w:rsidR="26663845" w:rsidRDefault="0B832159" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09 H 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E61D2E" w14:textId="5ADAA15C" w:rsidR="26663845" w:rsidRDefault="26663845" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="060D5AFB" w14:textId="6583EAE4" w:rsidR="46880B87" w:rsidRDefault="1236D227" w:rsidP="1C9E614A">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JEUDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1778E11C" w14:textId="52D96659" w:rsidR="46880B87" w:rsidRDefault="1236D227" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>31/12/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19C23907" w14:textId="0942EA8A" w:rsidR="46880B87" w:rsidRDefault="1236D227" w:rsidP="1C9E614A">
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JE1</w:t>
+            </w:r>
+            <w:r w:rsidR="0C90928B" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="250BB781" w14:textId="11F84B52" w:rsidR="46880B87" w:rsidRDefault="45DE38D3" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="420FD771" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F497D"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KMS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5239630F" w14:textId="402FC5CF" w:rsidR="46880B87" w:rsidRDefault="303945BD" w:rsidP="1C9E614A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="984806"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId119">
+              <w:r w:rsidRPr="1C9E614A">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="BF4E14" w:themeColor="accent2" w:themeShade="BF"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.openrunner.com/r/19880363</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="46880B87" w:rsidRPr="1C9E614A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="530F60A1" w14:textId="7240DCC0" w:rsidR="46880B87" w:rsidRDefault="108CAF88" w:rsidP="6AFC2677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRCUIT : </w:t>
+            </w:r>
+            <w:r w:rsidR="0BC2D19B" w:rsidRPr="6AFC2677">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BDAA369" w14:textId="77777777" w:rsidR="009170D8" w:rsidRDefault="009170D8" w:rsidP="009170D8"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="009170D8" w:rsidRPr="009170D8" w:rsidSect="00574397">
+    <w:p w14:paraId="3BFEFB25" w14:textId="1AEFC5B5" w:rsidR="00F80EA0" w:rsidRDefault="00F80EA0"/>
+    <w:sectPr w:rsidR="00F80EA0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_Q7kzU9Jj" int2:invalidationBookmarkName="" int2:hashCode="I49LaofViuPTxR" int2:id="If86vQbH">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+    <int2:bookmark int2:bookmarkName="_Int_gDet56XN" int2:invalidationBookmarkName="" int2:hashCode="I49LaofViuPTxR" int2:id="MdXojJRy">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+    <int2:bookmark int2:bookmarkName="_Int_BvdXmIj1" int2:invalidationBookmarkName="" int2:hashCode="VpBQ8tkViGSGcO" int2:id="5xNyGKYs">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009170D8"/>
-[...461 lines deleted...]
-    <w:rsid w:val="00FE5E84"/>
+    <w:rsidRoot w:val="73DE22B4"/>
+    <w:rsid w:val="00043D5D"/>
+    <w:rsid w:val="000951BC"/>
+    <w:rsid w:val="000E2908"/>
+    <w:rsid w:val="001207D3"/>
+    <w:rsid w:val="001569C7"/>
+    <w:rsid w:val="00247874"/>
+    <w:rsid w:val="002644B9"/>
+    <w:rsid w:val="002868EC"/>
+    <w:rsid w:val="002A4ADF"/>
+    <w:rsid w:val="002B04C9"/>
+    <w:rsid w:val="00321916"/>
+    <w:rsid w:val="003E2B66"/>
+    <w:rsid w:val="00410D1D"/>
+    <w:rsid w:val="004C2805"/>
+    <w:rsid w:val="004D34F6"/>
+    <w:rsid w:val="004E640E"/>
+    <w:rsid w:val="005264ED"/>
+    <w:rsid w:val="005320A6"/>
+    <w:rsid w:val="00570A54"/>
+    <w:rsid w:val="005A7677"/>
+    <w:rsid w:val="006D71C0"/>
+    <w:rsid w:val="006FA7DB"/>
+    <w:rsid w:val="00724525"/>
+    <w:rsid w:val="0076653E"/>
+    <w:rsid w:val="007C070B"/>
+    <w:rsid w:val="00809E83"/>
+    <w:rsid w:val="008101AA"/>
+    <w:rsid w:val="00810FC3"/>
+    <w:rsid w:val="00836EDC"/>
+    <w:rsid w:val="00A390D6"/>
+    <w:rsid w:val="00B22422"/>
+    <w:rsid w:val="00BE2554"/>
+    <w:rsid w:val="00BF3153"/>
+    <w:rsid w:val="00CC63EC"/>
+    <w:rsid w:val="00D4DA75"/>
+    <w:rsid w:val="00D95612"/>
+    <w:rsid w:val="00DA2901"/>
+    <w:rsid w:val="00DA7EBC"/>
+    <w:rsid w:val="00DB12AB"/>
+    <w:rsid w:val="00DE17DF"/>
+    <w:rsid w:val="00DE673A"/>
+    <w:rsid w:val="00E11722"/>
+    <w:rsid w:val="00E176EE"/>
+    <w:rsid w:val="00E85648"/>
+    <w:rsid w:val="00EE5CDC"/>
+    <w:rsid w:val="00F80EA0"/>
+    <w:rsid w:val="00FC9CA6"/>
+    <w:rsid w:val="00FD3796"/>
+    <w:rsid w:val="00FE129A"/>
+    <w:rsid w:val="010BF850"/>
+    <w:rsid w:val="015A6631"/>
+    <w:rsid w:val="016D99F4"/>
+    <w:rsid w:val="018E0A81"/>
+    <w:rsid w:val="01D6EABA"/>
+    <w:rsid w:val="01FCFD6A"/>
+    <w:rsid w:val="0223D7D6"/>
+    <w:rsid w:val="022625DE"/>
+    <w:rsid w:val="02310407"/>
+    <w:rsid w:val="0256DD77"/>
+    <w:rsid w:val="026E907D"/>
+    <w:rsid w:val="026F2586"/>
+    <w:rsid w:val="027B38DD"/>
+    <w:rsid w:val="02A2F6FB"/>
+    <w:rsid w:val="02CFAC9C"/>
+    <w:rsid w:val="02E99B95"/>
+    <w:rsid w:val="030DDBA2"/>
+    <w:rsid w:val="0311E9B0"/>
+    <w:rsid w:val="03169EAD"/>
+    <w:rsid w:val="0330BA44"/>
+    <w:rsid w:val="0342B8D8"/>
+    <w:rsid w:val="03657C8C"/>
+    <w:rsid w:val="039AF1F0"/>
+    <w:rsid w:val="03C4796F"/>
+    <w:rsid w:val="03C69951"/>
+    <w:rsid w:val="03DB50D9"/>
+    <w:rsid w:val="03EBE7BD"/>
+    <w:rsid w:val="04448C4B"/>
+    <w:rsid w:val="046DF34E"/>
+    <w:rsid w:val="047E9A2E"/>
+    <w:rsid w:val="04B3773C"/>
+    <w:rsid w:val="04D244CD"/>
+    <w:rsid w:val="04D2E49E"/>
+    <w:rsid w:val="04EF6281"/>
+    <w:rsid w:val="0520C437"/>
+    <w:rsid w:val="05B28932"/>
+    <w:rsid w:val="05C194C0"/>
+    <w:rsid w:val="05F51EEC"/>
+    <w:rsid w:val="060684FA"/>
+    <w:rsid w:val="064692FF"/>
+    <w:rsid w:val="0693DB06"/>
+    <w:rsid w:val="069B23F7"/>
+    <w:rsid w:val="06A9C309"/>
+    <w:rsid w:val="06B4B0ED"/>
+    <w:rsid w:val="06C2CFAC"/>
+    <w:rsid w:val="06E42A92"/>
+    <w:rsid w:val="06E6489A"/>
+    <w:rsid w:val="0743BC94"/>
+    <w:rsid w:val="074A1D1C"/>
+    <w:rsid w:val="07514551"/>
+    <w:rsid w:val="078CD57B"/>
+    <w:rsid w:val="07CBD30C"/>
+    <w:rsid w:val="07FA8AB2"/>
+    <w:rsid w:val="0800EAF0"/>
+    <w:rsid w:val="080EDE30"/>
+    <w:rsid w:val="081571D1"/>
+    <w:rsid w:val="08191A29"/>
+    <w:rsid w:val="081B01F4"/>
+    <w:rsid w:val="0852ACFC"/>
+    <w:rsid w:val="088CA490"/>
+    <w:rsid w:val="08A9A879"/>
+    <w:rsid w:val="08BC1B07"/>
+    <w:rsid w:val="08D91ADF"/>
+    <w:rsid w:val="0907F4F1"/>
+    <w:rsid w:val="094B2280"/>
+    <w:rsid w:val="09732599"/>
+    <w:rsid w:val="098616C3"/>
+    <w:rsid w:val="0994A76E"/>
+    <w:rsid w:val="09A70666"/>
+    <w:rsid w:val="09D1E58B"/>
+    <w:rsid w:val="09D91B36"/>
+    <w:rsid w:val="0A22C270"/>
+    <w:rsid w:val="0A2D74C1"/>
+    <w:rsid w:val="0A73A849"/>
+    <w:rsid w:val="0A73D81D"/>
+    <w:rsid w:val="0A9DA494"/>
+    <w:rsid w:val="0ABF9618"/>
+    <w:rsid w:val="0AFD0EC7"/>
+    <w:rsid w:val="0B12D75C"/>
+    <w:rsid w:val="0B16C1EC"/>
+    <w:rsid w:val="0B227F4C"/>
+    <w:rsid w:val="0B308E9C"/>
+    <w:rsid w:val="0B325234"/>
+    <w:rsid w:val="0B34DEBA"/>
+    <w:rsid w:val="0B41D140"/>
+    <w:rsid w:val="0B5B8765"/>
+    <w:rsid w:val="0B6FA88B"/>
+    <w:rsid w:val="0B832159"/>
+    <w:rsid w:val="0BA43C70"/>
+    <w:rsid w:val="0BA58FA6"/>
+    <w:rsid w:val="0BA68DBC"/>
+    <w:rsid w:val="0BAD412A"/>
+    <w:rsid w:val="0BC2D19B"/>
+    <w:rsid w:val="0BC7D05F"/>
+    <w:rsid w:val="0BCBFE3B"/>
+    <w:rsid w:val="0BE592E6"/>
+    <w:rsid w:val="0BF90105"/>
+    <w:rsid w:val="0BF9A86A"/>
+    <w:rsid w:val="0BFDE794"/>
+    <w:rsid w:val="0C0DC7D1"/>
+    <w:rsid w:val="0C5C36A0"/>
+    <w:rsid w:val="0C76E7A8"/>
+    <w:rsid w:val="0C8042C1"/>
+    <w:rsid w:val="0C90928B"/>
+    <w:rsid w:val="0CA8DE8C"/>
+    <w:rsid w:val="0CEB0DDB"/>
+    <w:rsid w:val="0CF01A8F"/>
+    <w:rsid w:val="0D05C323"/>
+    <w:rsid w:val="0D5630D9"/>
+    <w:rsid w:val="0DA695A7"/>
+    <w:rsid w:val="0DD42C6C"/>
+    <w:rsid w:val="0DD788E5"/>
+    <w:rsid w:val="0DF978F0"/>
+    <w:rsid w:val="0E39EEB9"/>
+    <w:rsid w:val="0E4CB9EC"/>
+    <w:rsid w:val="0E53666F"/>
+    <w:rsid w:val="0E9737C6"/>
+    <w:rsid w:val="0E997D74"/>
+    <w:rsid w:val="0EA85E8D"/>
+    <w:rsid w:val="0EBD79A3"/>
+    <w:rsid w:val="0F182C51"/>
+    <w:rsid w:val="0F640F82"/>
+    <w:rsid w:val="0FD70A9E"/>
+    <w:rsid w:val="0FF40F85"/>
+    <w:rsid w:val="1000216A"/>
+    <w:rsid w:val="101E89D2"/>
+    <w:rsid w:val="102E0B83"/>
+    <w:rsid w:val="103EFB24"/>
+    <w:rsid w:val="10530AC7"/>
+    <w:rsid w:val="105D978C"/>
+    <w:rsid w:val="108CAF88"/>
+    <w:rsid w:val="10AD6CEE"/>
+    <w:rsid w:val="10D91C35"/>
+    <w:rsid w:val="10E5B94C"/>
+    <w:rsid w:val="10EB1325"/>
+    <w:rsid w:val="110683A8"/>
+    <w:rsid w:val="114C9271"/>
+    <w:rsid w:val="1154C78A"/>
+    <w:rsid w:val="117DA4CC"/>
+    <w:rsid w:val="1182EA65"/>
+    <w:rsid w:val="118A08BD"/>
+    <w:rsid w:val="119B2191"/>
+    <w:rsid w:val="11A5B061"/>
+    <w:rsid w:val="11AD0FF2"/>
+    <w:rsid w:val="11CC118F"/>
+    <w:rsid w:val="11CF8D32"/>
+    <w:rsid w:val="1210BB51"/>
+    <w:rsid w:val="1231741C"/>
+    <w:rsid w:val="1236D227"/>
+    <w:rsid w:val="126D6082"/>
+    <w:rsid w:val="1309BF6C"/>
+    <w:rsid w:val="1312E55F"/>
+    <w:rsid w:val="13385D5F"/>
+    <w:rsid w:val="135E8F18"/>
+    <w:rsid w:val="1390427C"/>
+    <w:rsid w:val="13AD4274"/>
+    <w:rsid w:val="13CBF1EC"/>
+    <w:rsid w:val="13DFD689"/>
+    <w:rsid w:val="13F2E5C6"/>
+    <w:rsid w:val="14048674"/>
+    <w:rsid w:val="1407C960"/>
+    <w:rsid w:val="146121EC"/>
+    <w:rsid w:val="14C23880"/>
+    <w:rsid w:val="14EF8552"/>
+    <w:rsid w:val="153D5509"/>
+    <w:rsid w:val="15556C24"/>
+    <w:rsid w:val="156CC8C3"/>
+    <w:rsid w:val="158A2D89"/>
+    <w:rsid w:val="15949DB2"/>
+    <w:rsid w:val="15C26628"/>
+    <w:rsid w:val="15CF4AFB"/>
+    <w:rsid w:val="15D2128B"/>
+    <w:rsid w:val="15D246E8"/>
+    <w:rsid w:val="15F43BD5"/>
+    <w:rsid w:val="15FCCCC1"/>
+    <w:rsid w:val="161FD111"/>
+    <w:rsid w:val="1644FBB1"/>
+    <w:rsid w:val="16570C9D"/>
+    <w:rsid w:val="16642D84"/>
+    <w:rsid w:val="167DD0C4"/>
+    <w:rsid w:val="16878F2D"/>
+    <w:rsid w:val="16EC3566"/>
+    <w:rsid w:val="16F32827"/>
+    <w:rsid w:val="16F5DCF7"/>
+    <w:rsid w:val="1728FC15"/>
+    <w:rsid w:val="172BF6FB"/>
+    <w:rsid w:val="174C743E"/>
+    <w:rsid w:val="17656AFA"/>
+    <w:rsid w:val="1780B6B6"/>
+    <w:rsid w:val="179E2B3E"/>
+    <w:rsid w:val="17A1B3ED"/>
+    <w:rsid w:val="17C9AA55"/>
+    <w:rsid w:val="17ECC303"/>
+    <w:rsid w:val="17F3626A"/>
+    <w:rsid w:val="18009B78"/>
+    <w:rsid w:val="18065D52"/>
+    <w:rsid w:val="18104030"/>
+    <w:rsid w:val="18246A55"/>
+    <w:rsid w:val="183B199E"/>
+    <w:rsid w:val="1855B84A"/>
+    <w:rsid w:val="185FD04B"/>
+    <w:rsid w:val="1864CA33"/>
+    <w:rsid w:val="186B16F5"/>
+    <w:rsid w:val="1870B965"/>
+    <w:rsid w:val="1886140B"/>
+    <w:rsid w:val="18A1D730"/>
+    <w:rsid w:val="18A98027"/>
+    <w:rsid w:val="18E63788"/>
+    <w:rsid w:val="18FBB7CB"/>
+    <w:rsid w:val="19145718"/>
+    <w:rsid w:val="191F4D80"/>
+    <w:rsid w:val="1928399E"/>
+    <w:rsid w:val="192A1896"/>
+    <w:rsid w:val="192CE552"/>
+    <w:rsid w:val="1940C4F8"/>
+    <w:rsid w:val="1955B346"/>
+    <w:rsid w:val="19CB63E2"/>
+    <w:rsid w:val="19D6D8A9"/>
+    <w:rsid w:val="19DA10FF"/>
+    <w:rsid w:val="19E1EC3D"/>
+    <w:rsid w:val="19EF5D6F"/>
+    <w:rsid w:val="19F71A51"/>
+    <w:rsid w:val="1A13677B"/>
+    <w:rsid w:val="1A1E90B8"/>
+    <w:rsid w:val="1A25C87E"/>
+    <w:rsid w:val="1A445B3E"/>
+    <w:rsid w:val="1A65561F"/>
+    <w:rsid w:val="1A7369EB"/>
+    <w:rsid w:val="1A8BA373"/>
+    <w:rsid w:val="1A907573"/>
+    <w:rsid w:val="1AA4857A"/>
+    <w:rsid w:val="1AA971D4"/>
+    <w:rsid w:val="1ABDCF89"/>
+    <w:rsid w:val="1AD74BD7"/>
+    <w:rsid w:val="1AEC5575"/>
+    <w:rsid w:val="1AF3AB38"/>
+    <w:rsid w:val="1B0FA316"/>
+    <w:rsid w:val="1B1521F6"/>
+    <w:rsid w:val="1B2FDB0E"/>
+    <w:rsid w:val="1B394F66"/>
+    <w:rsid w:val="1B5475DD"/>
+    <w:rsid w:val="1B67692A"/>
+    <w:rsid w:val="1B72F572"/>
+    <w:rsid w:val="1B76D553"/>
+    <w:rsid w:val="1B911E20"/>
+    <w:rsid w:val="1B912FAD"/>
+    <w:rsid w:val="1BA830EC"/>
+    <w:rsid w:val="1BCF7023"/>
+    <w:rsid w:val="1BECA9D7"/>
+    <w:rsid w:val="1BFCDF94"/>
+    <w:rsid w:val="1C3EF4A0"/>
+    <w:rsid w:val="1C640740"/>
+    <w:rsid w:val="1C73A0F0"/>
+    <w:rsid w:val="1C90618A"/>
+    <w:rsid w:val="1C9E614A"/>
+    <w:rsid w:val="1CBE0226"/>
+    <w:rsid w:val="1CBEDB23"/>
+    <w:rsid w:val="1CC35C57"/>
+    <w:rsid w:val="1CC7F878"/>
+    <w:rsid w:val="1CD3EA14"/>
+    <w:rsid w:val="1D2C3201"/>
+    <w:rsid w:val="1D735058"/>
+    <w:rsid w:val="1D74C664"/>
+    <w:rsid w:val="1D86C5EB"/>
+    <w:rsid w:val="1D8AA1DB"/>
+    <w:rsid w:val="1D91D3E1"/>
+    <w:rsid w:val="1D980B19"/>
+    <w:rsid w:val="1DA4829D"/>
+    <w:rsid w:val="1DB8C375"/>
+    <w:rsid w:val="1DC4728C"/>
+    <w:rsid w:val="1E29F22A"/>
+    <w:rsid w:val="1E29FF00"/>
+    <w:rsid w:val="1E3233F3"/>
+    <w:rsid w:val="1E7F74D4"/>
+    <w:rsid w:val="1E8149C4"/>
+    <w:rsid w:val="1E94CF51"/>
+    <w:rsid w:val="1E98DA7E"/>
+    <w:rsid w:val="1EA8E149"/>
+    <w:rsid w:val="1EF16D5B"/>
+    <w:rsid w:val="1F090DDD"/>
+    <w:rsid w:val="1F293357"/>
+    <w:rsid w:val="1F35B245"/>
+    <w:rsid w:val="1F3BCCAD"/>
+    <w:rsid w:val="1F429D0F"/>
+    <w:rsid w:val="1F6040BE"/>
+    <w:rsid w:val="1F8F3F17"/>
+    <w:rsid w:val="1F98468E"/>
+    <w:rsid w:val="1FA8F0F2"/>
+    <w:rsid w:val="1FD48686"/>
+    <w:rsid w:val="1FFE30BE"/>
+    <w:rsid w:val="2000C775"/>
+    <w:rsid w:val="203492FF"/>
+    <w:rsid w:val="203DF5BF"/>
+    <w:rsid w:val="20431558"/>
+    <w:rsid w:val="204C0F68"/>
+    <w:rsid w:val="20F21A19"/>
+    <w:rsid w:val="21055EBA"/>
+    <w:rsid w:val="210F70FB"/>
+    <w:rsid w:val="2128EF95"/>
+    <w:rsid w:val="213F298F"/>
+    <w:rsid w:val="214C6FAF"/>
+    <w:rsid w:val="2190A547"/>
+    <w:rsid w:val="2195679F"/>
+    <w:rsid w:val="21E17C3A"/>
+    <w:rsid w:val="2210AFEA"/>
+    <w:rsid w:val="2210D9AA"/>
+    <w:rsid w:val="222BBF0D"/>
+    <w:rsid w:val="222F7542"/>
+    <w:rsid w:val="22718537"/>
+    <w:rsid w:val="22737359"/>
+    <w:rsid w:val="229134C3"/>
+    <w:rsid w:val="229856B1"/>
+    <w:rsid w:val="229DDFDA"/>
+    <w:rsid w:val="22D02D96"/>
+    <w:rsid w:val="22E35C34"/>
+    <w:rsid w:val="22E6C5D7"/>
+    <w:rsid w:val="2304B851"/>
+    <w:rsid w:val="233CBEDB"/>
+    <w:rsid w:val="23604484"/>
+    <w:rsid w:val="236CB437"/>
+    <w:rsid w:val="23BCD7F5"/>
+    <w:rsid w:val="23E61356"/>
+    <w:rsid w:val="2406C4A2"/>
+    <w:rsid w:val="2432CC92"/>
+    <w:rsid w:val="243F799B"/>
+    <w:rsid w:val="24410725"/>
+    <w:rsid w:val="2473D82D"/>
+    <w:rsid w:val="248FE531"/>
+    <w:rsid w:val="24BD0EEA"/>
+    <w:rsid w:val="2503837D"/>
+    <w:rsid w:val="25314459"/>
+    <w:rsid w:val="25408867"/>
+    <w:rsid w:val="2589FC4B"/>
+    <w:rsid w:val="25A95691"/>
+    <w:rsid w:val="25BCD001"/>
+    <w:rsid w:val="25D89B68"/>
+    <w:rsid w:val="2600019D"/>
+    <w:rsid w:val="26160C79"/>
+    <w:rsid w:val="261FE22C"/>
+    <w:rsid w:val="264D0D2C"/>
+    <w:rsid w:val="26663845"/>
+    <w:rsid w:val="26713972"/>
+    <w:rsid w:val="269C3A98"/>
+    <w:rsid w:val="26B63898"/>
+    <w:rsid w:val="26BE29A8"/>
+    <w:rsid w:val="26CD4F40"/>
+    <w:rsid w:val="26E8828B"/>
+    <w:rsid w:val="26EDC572"/>
+    <w:rsid w:val="270A5711"/>
+    <w:rsid w:val="272B8743"/>
+    <w:rsid w:val="279F9BCE"/>
+    <w:rsid w:val="27C6D14C"/>
+    <w:rsid w:val="2818D93C"/>
+    <w:rsid w:val="281DFDDB"/>
+    <w:rsid w:val="28216A6D"/>
+    <w:rsid w:val="285C5BFB"/>
+    <w:rsid w:val="28B444A7"/>
+    <w:rsid w:val="28C0DC11"/>
+    <w:rsid w:val="28C1449B"/>
+    <w:rsid w:val="28DF902C"/>
+    <w:rsid w:val="28E52603"/>
+    <w:rsid w:val="28EB968A"/>
+    <w:rsid w:val="29080558"/>
+    <w:rsid w:val="29186A57"/>
+    <w:rsid w:val="29934F9B"/>
+    <w:rsid w:val="29C52AA8"/>
+    <w:rsid w:val="29DBD0E8"/>
+    <w:rsid w:val="29EBBE0A"/>
+    <w:rsid w:val="29F473DB"/>
+    <w:rsid w:val="2A0D2A79"/>
+    <w:rsid w:val="2A1CDDA3"/>
+    <w:rsid w:val="2A1D08F1"/>
+    <w:rsid w:val="2A8360E8"/>
+    <w:rsid w:val="2A8DE625"/>
+    <w:rsid w:val="2AA388ED"/>
+    <w:rsid w:val="2AB26665"/>
+    <w:rsid w:val="2AF8C952"/>
+    <w:rsid w:val="2B404863"/>
+    <w:rsid w:val="2B5FCFB8"/>
+    <w:rsid w:val="2B8529AD"/>
+    <w:rsid w:val="2BCF4495"/>
+    <w:rsid w:val="2BD5946B"/>
+    <w:rsid w:val="2BF7D183"/>
+    <w:rsid w:val="2C19EF6D"/>
+    <w:rsid w:val="2C769E1D"/>
+    <w:rsid w:val="2C8159F8"/>
+    <w:rsid w:val="2C83E838"/>
+    <w:rsid w:val="2CC4D770"/>
+    <w:rsid w:val="2CE1EBF9"/>
+    <w:rsid w:val="2D038074"/>
+    <w:rsid w:val="2D3120BF"/>
+    <w:rsid w:val="2D4EE438"/>
+    <w:rsid w:val="2D5448EA"/>
+    <w:rsid w:val="2D697609"/>
+    <w:rsid w:val="2D6F5B45"/>
+    <w:rsid w:val="2D9313B7"/>
+    <w:rsid w:val="2D94785D"/>
+    <w:rsid w:val="2DB8A712"/>
+    <w:rsid w:val="2DD054DC"/>
+    <w:rsid w:val="2DDE84BF"/>
+    <w:rsid w:val="2DEC1C74"/>
+    <w:rsid w:val="2E0C6162"/>
+    <w:rsid w:val="2E2AE9A7"/>
+    <w:rsid w:val="2E8BF019"/>
+    <w:rsid w:val="2EA9221A"/>
+    <w:rsid w:val="2F372335"/>
+    <w:rsid w:val="2F5709B6"/>
+    <w:rsid w:val="2F5ADF7C"/>
+    <w:rsid w:val="2F6216D9"/>
+    <w:rsid w:val="2F858B1B"/>
+    <w:rsid w:val="2F8A6057"/>
+    <w:rsid w:val="2F8F1BDA"/>
+    <w:rsid w:val="2FA1DE8C"/>
+    <w:rsid w:val="3009ECDE"/>
+    <w:rsid w:val="30187EC4"/>
+    <w:rsid w:val="301CBB8C"/>
+    <w:rsid w:val="3026627E"/>
+    <w:rsid w:val="30362152"/>
+    <w:rsid w:val="303945BD"/>
+    <w:rsid w:val="3058A12C"/>
+    <w:rsid w:val="3063CDF1"/>
+    <w:rsid w:val="307B4A3F"/>
+    <w:rsid w:val="309BA951"/>
+    <w:rsid w:val="30B4D3D7"/>
+    <w:rsid w:val="30EC3126"/>
+    <w:rsid w:val="30FCAFB2"/>
+    <w:rsid w:val="31345BDB"/>
+    <w:rsid w:val="314EEDAA"/>
+    <w:rsid w:val="3151E4AA"/>
+    <w:rsid w:val="316A66F8"/>
+    <w:rsid w:val="31C5C952"/>
+    <w:rsid w:val="32016B5E"/>
+    <w:rsid w:val="325F9A88"/>
+    <w:rsid w:val="327C8005"/>
+    <w:rsid w:val="328DB8ED"/>
+    <w:rsid w:val="32BD21E0"/>
+    <w:rsid w:val="32BD9536"/>
+    <w:rsid w:val="32C997EF"/>
+    <w:rsid w:val="32D2C03F"/>
+    <w:rsid w:val="3319DCFE"/>
+    <w:rsid w:val="331BD45D"/>
+    <w:rsid w:val="332F2D05"/>
+    <w:rsid w:val="33454EEF"/>
+    <w:rsid w:val="3347DAF4"/>
+    <w:rsid w:val="33765123"/>
+    <w:rsid w:val="33A21A2C"/>
+    <w:rsid w:val="33C76A8B"/>
+    <w:rsid w:val="33ECF869"/>
+    <w:rsid w:val="33EFD10D"/>
+    <w:rsid w:val="33F0390E"/>
+    <w:rsid w:val="3422AD51"/>
+    <w:rsid w:val="343E3758"/>
+    <w:rsid w:val="3463D267"/>
+    <w:rsid w:val="347962EA"/>
+    <w:rsid w:val="347D58F4"/>
+    <w:rsid w:val="3487C235"/>
+    <w:rsid w:val="34B21657"/>
+    <w:rsid w:val="34B92DAC"/>
+    <w:rsid w:val="34FF7FC5"/>
+    <w:rsid w:val="35015C01"/>
+    <w:rsid w:val="350F879F"/>
+    <w:rsid w:val="35535E2C"/>
+    <w:rsid w:val="35777053"/>
+    <w:rsid w:val="359896D0"/>
+    <w:rsid w:val="35BD24A3"/>
+    <w:rsid w:val="35DE60A3"/>
+    <w:rsid w:val="35DEDB83"/>
+    <w:rsid w:val="35F0364D"/>
+    <w:rsid w:val="3614673D"/>
+    <w:rsid w:val="362DC0B1"/>
+    <w:rsid w:val="3639FAC9"/>
+    <w:rsid w:val="364200E3"/>
+    <w:rsid w:val="366B913E"/>
+    <w:rsid w:val="36738F8B"/>
+    <w:rsid w:val="367BA587"/>
+    <w:rsid w:val="36812FB3"/>
+    <w:rsid w:val="3687EEE7"/>
+    <w:rsid w:val="370677A9"/>
+    <w:rsid w:val="37116A12"/>
+    <w:rsid w:val="373257FD"/>
+    <w:rsid w:val="3781E449"/>
+    <w:rsid w:val="37868AAB"/>
+    <w:rsid w:val="37897AAF"/>
+    <w:rsid w:val="378F2755"/>
+    <w:rsid w:val="37BF4910"/>
+    <w:rsid w:val="37C0E92E"/>
+    <w:rsid w:val="37D855D4"/>
+    <w:rsid w:val="37D88122"/>
+    <w:rsid w:val="37FCA299"/>
+    <w:rsid w:val="380F900A"/>
+    <w:rsid w:val="382303D9"/>
+    <w:rsid w:val="382DBC58"/>
+    <w:rsid w:val="3886B9C8"/>
+    <w:rsid w:val="3899FB30"/>
+    <w:rsid w:val="38FF769F"/>
+    <w:rsid w:val="39177F6E"/>
+    <w:rsid w:val="393A5266"/>
+    <w:rsid w:val="39716ACA"/>
+    <w:rsid w:val="398E5B27"/>
+    <w:rsid w:val="39BDC407"/>
+    <w:rsid w:val="39EC5D4C"/>
+    <w:rsid w:val="3A12B373"/>
+    <w:rsid w:val="3A1BB8FE"/>
+    <w:rsid w:val="3A1C558D"/>
+    <w:rsid w:val="3A9F0C4F"/>
+    <w:rsid w:val="3AA99610"/>
+    <w:rsid w:val="3AC68479"/>
+    <w:rsid w:val="3ACBC9CA"/>
+    <w:rsid w:val="3AD20C7A"/>
+    <w:rsid w:val="3B07DA0D"/>
+    <w:rsid w:val="3B2D3480"/>
+    <w:rsid w:val="3B31E6D3"/>
+    <w:rsid w:val="3B3E2AD0"/>
+    <w:rsid w:val="3B50F7F6"/>
+    <w:rsid w:val="3B5FF188"/>
+    <w:rsid w:val="3B60D2E5"/>
+    <w:rsid w:val="3B7DC3BA"/>
+    <w:rsid w:val="3B8A0B15"/>
+    <w:rsid w:val="3BA066CC"/>
+    <w:rsid w:val="3BDB6D91"/>
+    <w:rsid w:val="3C0CB998"/>
+    <w:rsid w:val="3C4DD401"/>
+    <w:rsid w:val="3C64AD83"/>
+    <w:rsid w:val="3C6D069D"/>
+    <w:rsid w:val="3C7D7A66"/>
+    <w:rsid w:val="3CBB1502"/>
+    <w:rsid w:val="3CC06B29"/>
+    <w:rsid w:val="3CC53F2A"/>
+    <w:rsid w:val="3D07D89B"/>
+    <w:rsid w:val="3D39E1C3"/>
+    <w:rsid w:val="3D3FC878"/>
+    <w:rsid w:val="3D47520C"/>
+    <w:rsid w:val="3D616B66"/>
+    <w:rsid w:val="3D90B756"/>
+    <w:rsid w:val="3DA3928E"/>
+    <w:rsid w:val="3DA75DE4"/>
+    <w:rsid w:val="3DFE62E6"/>
+    <w:rsid w:val="3E1C1D4A"/>
+    <w:rsid w:val="3E404E86"/>
+    <w:rsid w:val="3E533F3E"/>
+    <w:rsid w:val="3E541432"/>
+    <w:rsid w:val="3E908762"/>
+    <w:rsid w:val="3EAAFAA0"/>
+    <w:rsid w:val="3EE92D08"/>
+    <w:rsid w:val="3EFB5D0B"/>
+    <w:rsid w:val="3F2A171F"/>
+    <w:rsid w:val="3F3944CE"/>
+    <w:rsid w:val="3F4B0DC0"/>
+    <w:rsid w:val="3F5921C7"/>
+    <w:rsid w:val="3F59B56D"/>
+    <w:rsid w:val="3F612D05"/>
+    <w:rsid w:val="3F767490"/>
+    <w:rsid w:val="3F974E06"/>
+    <w:rsid w:val="3FC0691C"/>
+    <w:rsid w:val="3FDC0EAA"/>
+    <w:rsid w:val="401A49DA"/>
+    <w:rsid w:val="402B3575"/>
+    <w:rsid w:val="403145F9"/>
+    <w:rsid w:val="403A87E0"/>
+    <w:rsid w:val="403D36FB"/>
+    <w:rsid w:val="4041FB45"/>
+    <w:rsid w:val="40438CC9"/>
+    <w:rsid w:val="404A0D4F"/>
+    <w:rsid w:val="4052E49C"/>
+    <w:rsid w:val="406EEBA0"/>
+    <w:rsid w:val="406F596E"/>
+    <w:rsid w:val="4078731C"/>
+    <w:rsid w:val="407E98F9"/>
+    <w:rsid w:val="40853AAF"/>
+    <w:rsid w:val="4090091D"/>
+    <w:rsid w:val="40A968AD"/>
+    <w:rsid w:val="40C1D29F"/>
+    <w:rsid w:val="40D21339"/>
+    <w:rsid w:val="40F7EBB3"/>
+    <w:rsid w:val="41003044"/>
+    <w:rsid w:val="411D690F"/>
+    <w:rsid w:val="411E3703"/>
+    <w:rsid w:val="4122350A"/>
+    <w:rsid w:val="4123F44A"/>
+    <w:rsid w:val="412AACCE"/>
+    <w:rsid w:val="412B4897"/>
+    <w:rsid w:val="413ACB85"/>
+    <w:rsid w:val="4180C3F1"/>
+    <w:rsid w:val="419E3029"/>
+    <w:rsid w:val="41A65703"/>
+    <w:rsid w:val="41B9CA13"/>
+    <w:rsid w:val="41CA15CD"/>
+    <w:rsid w:val="41D85D7F"/>
+    <w:rsid w:val="41F3B4EA"/>
+    <w:rsid w:val="420FD771"/>
+    <w:rsid w:val="424C827D"/>
+    <w:rsid w:val="42913DA9"/>
+    <w:rsid w:val="42BD7F26"/>
+    <w:rsid w:val="42D759A5"/>
+    <w:rsid w:val="433E4D20"/>
+    <w:rsid w:val="43430656"/>
+    <w:rsid w:val="43465BBB"/>
+    <w:rsid w:val="4369B65C"/>
+    <w:rsid w:val="438A53A3"/>
+    <w:rsid w:val="43A54F85"/>
+    <w:rsid w:val="43A8EA08"/>
+    <w:rsid w:val="43B9A771"/>
+    <w:rsid w:val="43C41B69"/>
+    <w:rsid w:val="43C5C200"/>
+    <w:rsid w:val="43D6201D"/>
+    <w:rsid w:val="43F485BB"/>
+    <w:rsid w:val="4408483D"/>
+    <w:rsid w:val="440DD2E2"/>
+    <w:rsid w:val="44351927"/>
+    <w:rsid w:val="4438A2E3"/>
+    <w:rsid w:val="444C4EB0"/>
+    <w:rsid w:val="4450FB4B"/>
+    <w:rsid w:val="44952660"/>
+    <w:rsid w:val="44A34E4E"/>
+    <w:rsid w:val="44A752C2"/>
+    <w:rsid w:val="44C13AA5"/>
+    <w:rsid w:val="44D305CA"/>
+    <w:rsid w:val="451F785B"/>
+    <w:rsid w:val="452016DA"/>
+    <w:rsid w:val="45253416"/>
+    <w:rsid w:val="45371ACC"/>
+    <w:rsid w:val="45478C24"/>
+    <w:rsid w:val="45A58C2A"/>
+    <w:rsid w:val="45BC05B5"/>
+    <w:rsid w:val="45D7B2A4"/>
+    <w:rsid w:val="45DE38D3"/>
+    <w:rsid w:val="45DEEDE2"/>
+    <w:rsid w:val="460C9472"/>
+    <w:rsid w:val="461C798F"/>
+    <w:rsid w:val="461F1400"/>
+    <w:rsid w:val="46377DC5"/>
+    <w:rsid w:val="466320D7"/>
+    <w:rsid w:val="46775D68"/>
+    <w:rsid w:val="46880B87"/>
+    <w:rsid w:val="46C8EF57"/>
+    <w:rsid w:val="46DD64CF"/>
+    <w:rsid w:val="47576683"/>
+    <w:rsid w:val="47639CD9"/>
+    <w:rsid w:val="476A1083"/>
+    <w:rsid w:val="476A434B"/>
+    <w:rsid w:val="4781A50B"/>
+    <w:rsid w:val="4790F521"/>
+    <w:rsid w:val="479A1EAF"/>
+    <w:rsid w:val="47AD4AA8"/>
+    <w:rsid w:val="47B659F5"/>
+    <w:rsid w:val="47BA3BDA"/>
+    <w:rsid w:val="47D173AE"/>
+    <w:rsid w:val="47D69B5F"/>
+    <w:rsid w:val="481B8CB8"/>
+    <w:rsid w:val="4829276F"/>
+    <w:rsid w:val="482B7E7B"/>
+    <w:rsid w:val="4846D49F"/>
+    <w:rsid w:val="4866A5B5"/>
+    <w:rsid w:val="486C234F"/>
+    <w:rsid w:val="487EB5DF"/>
+    <w:rsid w:val="48CE2A15"/>
+    <w:rsid w:val="48F15805"/>
+    <w:rsid w:val="48F43993"/>
+    <w:rsid w:val="4900EC8F"/>
+    <w:rsid w:val="491A0A93"/>
+    <w:rsid w:val="491FA779"/>
+    <w:rsid w:val="491FC55B"/>
+    <w:rsid w:val="495016E8"/>
+    <w:rsid w:val="495D7824"/>
+    <w:rsid w:val="495F5CF9"/>
+    <w:rsid w:val="4972E4AF"/>
+    <w:rsid w:val="4973BB35"/>
+    <w:rsid w:val="49D01261"/>
+    <w:rsid w:val="49D04080"/>
+    <w:rsid w:val="49DA950C"/>
+    <w:rsid w:val="4A80D7AC"/>
+    <w:rsid w:val="4A9E0657"/>
+    <w:rsid w:val="4AAF97AC"/>
+    <w:rsid w:val="4AE95D36"/>
+    <w:rsid w:val="4B3465D3"/>
+    <w:rsid w:val="4B493AC6"/>
+    <w:rsid w:val="4B61F942"/>
+    <w:rsid w:val="4B639923"/>
+    <w:rsid w:val="4B6C1B6C"/>
+    <w:rsid w:val="4B780DAF"/>
+    <w:rsid w:val="4B7976F9"/>
+    <w:rsid w:val="4B825076"/>
+    <w:rsid w:val="4B9BF256"/>
+    <w:rsid w:val="4BB38708"/>
+    <w:rsid w:val="4BC73190"/>
+    <w:rsid w:val="4BC787ED"/>
+    <w:rsid w:val="4BCC4C96"/>
+    <w:rsid w:val="4BE607D6"/>
+    <w:rsid w:val="4BF96BA6"/>
+    <w:rsid w:val="4C0AC27A"/>
+    <w:rsid w:val="4C0C18BB"/>
+    <w:rsid w:val="4C0DD4A1"/>
+    <w:rsid w:val="4C0F5688"/>
+    <w:rsid w:val="4C135269"/>
+    <w:rsid w:val="4C2CE045"/>
+    <w:rsid w:val="4C3E65DA"/>
+    <w:rsid w:val="4C558E17"/>
+    <w:rsid w:val="4C5DF93B"/>
+    <w:rsid w:val="4C61725F"/>
+    <w:rsid w:val="4C67FD51"/>
+    <w:rsid w:val="4CDCC47C"/>
+    <w:rsid w:val="4D1D5E9D"/>
+    <w:rsid w:val="4D43EF27"/>
+    <w:rsid w:val="4D4EC01C"/>
+    <w:rsid w:val="4D61DF6A"/>
+    <w:rsid w:val="4D7BAC58"/>
+    <w:rsid w:val="4DA05F18"/>
+    <w:rsid w:val="4DD0448D"/>
+    <w:rsid w:val="4E12FB1C"/>
+    <w:rsid w:val="4E2BF009"/>
+    <w:rsid w:val="4E34C64A"/>
+    <w:rsid w:val="4E46A194"/>
+    <w:rsid w:val="4E53AB4A"/>
+    <w:rsid w:val="4E7E31D3"/>
+    <w:rsid w:val="4E84D39A"/>
+    <w:rsid w:val="4EA0EFCA"/>
+    <w:rsid w:val="4EBE6BB5"/>
+    <w:rsid w:val="4F00F305"/>
+    <w:rsid w:val="4F26DDDD"/>
+    <w:rsid w:val="4F4C8FB3"/>
+    <w:rsid w:val="4F512148"/>
+    <w:rsid w:val="4F57A972"/>
+    <w:rsid w:val="4F60D194"/>
+    <w:rsid w:val="4F688062"/>
+    <w:rsid w:val="4FA2CC1B"/>
+    <w:rsid w:val="4FDEB7E6"/>
+    <w:rsid w:val="4FE04D41"/>
+    <w:rsid w:val="4FF29C27"/>
+    <w:rsid w:val="4FF43327"/>
+    <w:rsid w:val="50272997"/>
+    <w:rsid w:val="50327321"/>
+    <w:rsid w:val="50358A25"/>
+    <w:rsid w:val="5036FA7E"/>
+    <w:rsid w:val="50493A40"/>
+    <w:rsid w:val="505DAD97"/>
+    <w:rsid w:val="505F9453"/>
+    <w:rsid w:val="506AFB30"/>
+    <w:rsid w:val="508DDFE6"/>
+    <w:rsid w:val="509B81F3"/>
+    <w:rsid w:val="50B23B23"/>
+    <w:rsid w:val="50B278C5"/>
+    <w:rsid w:val="50F4372E"/>
+    <w:rsid w:val="510885FC"/>
+    <w:rsid w:val="51325636"/>
+    <w:rsid w:val="514072DC"/>
+    <w:rsid w:val="5152CC21"/>
+    <w:rsid w:val="515F4525"/>
+    <w:rsid w:val="5167C7DB"/>
+    <w:rsid w:val="516CECAE"/>
+    <w:rsid w:val="51B99D6C"/>
+    <w:rsid w:val="51DCB616"/>
+    <w:rsid w:val="51EA7B04"/>
+    <w:rsid w:val="5202F672"/>
+    <w:rsid w:val="52168DA5"/>
+    <w:rsid w:val="5260FAAB"/>
+    <w:rsid w:val="5270E132"/>
+    <w:rsid w:val="52734BC7"/>
+    <w:rsid w:val="52C8F9C2"/>
+    <w:rsid w:val="52F6CF48"/>
+    <w:rsid w:val="535CFF62"/>
+    <w:rsid w:val="537F7930"/>
+    <w:rsid w:val="53822734"/>
+    <w:rsid w:val="539CDAA0"/>
+    <w:rsid w:val="53E3594B"/>
+    <w:rsid w:val="53EF10AF"/>
+    <w:rsid w:val="541776C6"/>
+    <w:rsid w:val="542157F8"/>
+    <w:rsid w:val="5423F160"/>
+    <w:rsid w:val="542586B4"/>
+    <w:rsid w:val="543F03A8"/>
+    <w:rsid w:val="5463EF83"/>
+    <w:rsid w:val="54A0DCE2"/>
+    <w:rsid w:val="54ED599B"/>
+    <w:rsid w:val="54F1505D"/>
+    <w:rsid w:val="551C0B00"/>
+    <w:rsid w:val="554C8FF3"/>
+    <w:rsid w:val="55546513"/>
+    <w:rsid w:val="5594DC8F"/>
+    <w:rsid w:val="55AC5068"/>
+    <w:rsid w:val="55AC6176"/>
+    <w:rsid w:val="55C3D5F0"/>
+    <w:rsid w:val="55D5E009"/>
+    <w:rsid w:val="55E9DDD4"/>
+    <w:rsid w:val="55F4544D"/>
+    <w:rsid w:val="564D1FBF"/>
+    <w:rsid w:val="56C64123"/>
+    <w:rsid w:val="56F07E36"/>
+    <w:rsid w:val="572238C8"/>
+    <w:rsid w:val="5770528E"/>
+    <w:rsid w:val="578EB8F6"/>
+    <w:rsid w:val="57A1F0B6"/>
+    <w:rsid w:val="57D2D2EE"/>
+    <w:rsid w:val="57D8B118"/>
+    <w:rsid w:val="57FDB355"/>
+    <w:rsid w:val="580E88BF"/>
+    <w:rsid w:val="5833B540"/>
+    <w:rsid w:val="58500F8A"/>
+    <w:rsid w:val="5890EBA8"/>
+    <w:rsid w:val="58927359"/>
+    <w:rsid w:val="5892A69F"/>
+    <w:rsid w:val="589E3C81"/>
+    <w:rsid w:val="58A2A729"/>
+    <w:rsid w:val="58CCE223"/>
+    <w:rsid w:val="58CF35F8"/>
+    <w:rsid w:val="58E0FD66"/>
+    <w:rsid w:val="58F733CF"/>
+    <w:rsid w:val="59202044"/>
+    <w:rsid w:val="5974DDE4"/>
+    <w:rsid w:val="59779878"/>
+    <w:rsid w:val="599F2A70"/>
+    <w:rsid w:val="59B0C92C"/>
+    <w:rsid w:val="59D5FD85"/>
+    <w:rsid w:val="5A0663B5"/>
+    <w:rsid w:val="5A0A7845"/>
+    <w:rsid w:val="5A1DAD36"/>
+    <w:rsid w:val="5A2D4C36"/>
+    <w:rsid w:val="5A3D0AB7"/>
+    <w:rsid w:val="5A496BA0"/>
+    <w:rsid w:val="5A5BB3F0"/>
+    <w:rsid w:val="5AA4C473"/>
+    <w:rsid w:val="5AB047AC"/>
+    <w:rsid w:val="5AB316CF"/>
+    <w:rsid w:val="5AF2CE73"/>
+    <w:rsid w:val="5AF3AA3A"/>
+    <w:rsid w:val="5B0EE547"/>
+    <w:rsid w:val="5B128942"/>
+    <w:rsid w:val="5B5867B6"/>
+    <w:rsid w:val="5B715EE9"/>
+    <w:rsid w:val="5BA82DB7"/>
+    <w:rsid w:val="5BDB71A1"/>
+    <w:rsid w:val="5C00268F"/>
+    <w:rsid w:val="5C101A4F"/>
+    <w:rsid w:val="5C573831"/>
+    <w:rsid w:val="5C72B287"/>
+    <w:rsid w:val="5C7C6503"/>
+    <w:rsid w:val="5C820D1A"/>
+    <w:rsid w:val="5C996CCA"/>
+    <w:rsid w:val="5CB51EBA"/>
+    <w:rsid w:val="5CC23C0A"/>
+    <w:rsid w:val="5CCCB48E"/>
+    <w:rsid w:val="5CE09111"/>
+    <w:rsid w:val="5D296115"/>
+    <w:rsid w:val="5D6D9805"/>
+    <w:rsid w:val="5D77BABF"/>
+    <w:rsid w:val="5D8D33E0"/>
+    <w:rsid w:val="5D9A58EA"/>
+    <w:rsid w:val="5D9BD271"/>
+    <w:rsid w:val="5DCC86E9"/>
+    <w:rsid w:val="5DFEB726"/>
+    <w:rsid w:val="5E3AD29A"/>
+    <w:rsid w:val="5E483766"/>
+    <w:rsid w:val="5E9A5D1F"/>
+    <w:rsid w:val="5EAC11A2"/>
+    <w:rsid w:val="5EDE6279"/>
+    <w:rsid w:val="5EE36F68"/>
+    <w:rsid w:val="5EF0CA7D"/>
+    <w:rsid w:val="5F25E153"/>
+    <w:rsid w:val="5F26642A"/>
+    <w:rsid w:val="5F5DEF71"/>
+    <w:rsid w:val="5F64788C"/>
+    <w:rsid w:val="5F69193D"/>
+    <w:rsid w:val="5F6AB1A6"/>
+    <w:rsid w:val="5F8A3074"/>
+    <w:rsid w:val="5F97D809"/>
+    <w:rsid w:val="5FAAF6B1"/>
+    <w:rsid w:val="5FCCF7E3"/>
+    <w:rsid w:val="5FCE32F5"/>
+    <w:rsid w:val="5FDB8299"/>
+    <w:rsid w:val="60076536"/>
+    <w:rsid w:val="603077E0"/>
+    <w:rsid w:val="6035426C"/>
+    <w:rsid w:val="603EA434"/>
+    <w:rsid w:val="6067C4EE"/>
+    <w:rsid w:val="606E4E0D"/>
+    <w:rsid w:val="607C6886"/>
+    <w:rsid w:val="608292E3"/>
+    <w:rsid w:val="608862EF"/>
+    <w:rsid w:val="60926DE7"/>
+    <w:rsid w:val="60B214AA"/>
+    <w:rsid w:val="60CD46C7"/>
+    <w:rsid w:val="60CD5326"/>
+    <w:rsid w:val="60DA92D8"/>
+    <w:rsid w:val="60F65F5C"/>
+    <w:rsid w:val="61121464"/>
+    <w:rsid w:val="613CCDAD"/>
+    <w:rsid w:val="61496D24"/>
+    <w:rsid w:val="616FD22F"/>
+    <w:rsid w:val="61722064"/>
+    <w:rsid w:val="617C79E5"/>
+    <w:rsid w:val="61903E4B"/>
+    <w:rsid w:val="61958ADA"/>
+    <w:rsid w:val="61E48C16"/>
+    <w:rsid w:val="61ED54BF"/>
+    <w:rsid w:val="6220CED0"/>
+    <w:rsid w:val="6236A7C5"/>
+    <w:rsid w:val="62971FD7"/>
+    <w:rsid w:val="62ED0408"/>
+    <w:rsid w:val="62F17BD7"/>
+    <w:rsid w:val="62FB08A6"/>
+    <w:rsid w:val="6302EF7E"/>
+    <w:rsid w:val="631A70CF"/>
+    <w:rsid w:val="6347C622"/>
+    <w:rsid w:val="635DCD5F"/>
+    <w:rsid w:val="63A33D50"/>
+    <w:rsid w:val="63A53E3B"/>
+    <w:rsid w:val="63A95292"/>
+    <w:rsid w:val="63B325D7"/>
+    <w:rsid w:val="63C9BE55"/>
+    <w:rsid w:val="63CD4C9E"/>
+    <w:rsid w:val="63DA063A"/>
+    <w:rsid w:val="63F55035"/>
+    <w:rsid w:val="63FB8FD2"/>
+    <w:rsid w:val="64339AAD"/>
+    <w:rsid w:val="64392307"/>
+    <w:rsid w:val="645ED426"/>
+    <w:rsid w:val="64A5F97B"/>
+    <w:rsid w:val="64A8E9EC"/>
+    <w:rsid w:val="64C27DB7"/>
+    <w:rsid w:val="64E3714C"/>
+    <w:rsid w:val="64E3D369"/>
+    <w:rsid w:val="64F998B6"/>
+    <w:rsid w:val="65022B2D"/>
+    <w:rsid w:val="65039738"/>
+    <w:rsid w:val="6508E362"/>
+    <w:rsid w:val="6509C432"/>
+    <w:rsid w:val="65120FEA"/>
+    <w:rsid w:val="65534FC1"/>
+    <w:rsid w:val="6556BEAE"/>
+    <w:rsid w:val="6578523F"/>
+    <w:rsid w:val="658C17D6"/>
+    <w:rsid w:val="65CDDACA"/>
+    <w:rsid w:val="65E3D4C8"/>
+    <w:rsid w:val="65E61E51"/>
+    <w:rsid w:val="65F40AC8"/>
+    <w:rsid w:val="6645843B"/>
+    <w:rsid w:val="664E2309"/>
+    <w:rsid w:val="666BDB83"/>
+    <w:rsid w:val="66AB3719"/>
+    <w:rsid w:val="66D3F1D0"/>
+    <w:rsid w:val="66D646AC"/>
+    <w:rsid w:val="66E87FCD"/>
+    <w:rsid w:val="670E9079"/>
+    <w:rsid w:val="672A154B"/>
+    <w:rsid w:val="67341E3E"/>
+    <w:rsid w:val="674E8EF2"/>
+    <w:rsid w:val="6768351F"/>
+    <w:rsid w:val="67781E89"/>
+    <w:rsid w:val="67893C88"/>
+    <w:rsid w:val="678A4020"/>
+    <w:rsid w:val="679674CC"/>
+    <w:rsid w:val="67A85564"/>
+    <w:rsid w:val="682471AF"/>
+    <w:rsid w:val="685FCA09"/>
+    <w:rsid w:val="689CB9C8"/>
+    <w:rsid w:val="68C08674"/>
+    <w:rsid w:val="68D95CB7"/>
+    <w:rsid w:val="690A1381"/>
+    <w:rsid w:val="691B7A89"/>
+    <w:rsid w:val="692750D2"/>
+    <w:rsid w:val="692AE820"/>
+    <w:rsid w:val="692D1775"/>
+    <w:rsid w:val="693CA506"/>
+    <w:rsid w:val="6973A84B"/>
+    <w:rsid w:val="699A18C8"/>
+    <w:rsid w:val="69A4E0E6"/>
+    <w:rsid w:val="69AEF462"/>
+    <w:rsid w:val="69BBA809"/>
+    <w:rsid w:val="69C7CAFB"/>
+    <w:rsid w:val="69DBA644"/>
+    <w:rsid w:val="69ED9309"/>
+    <w:rsid w:val="6A177C3C"/>
+    <w:rsid w:val="6A1B8D38"/>
+    <w:rsid w:val="6A4BF1A0"/>
+    <w:rsid w:val="6A65F2F8"/>
+    <w:rsid w:val="6A8881D8"/>
+    <w:rsid w:val="6AC09E73"/>
+    <w:rsid w:val="6ACC144E"/>
+    <w:rsid w:val="6AD75B42"/>
+    <w:rsid w:val="6AE433A6"/>
+    <w:rsid w:val="6AFC2677"/>
+    <w:rsid w:val="6B011FCE"/>
+    <w:rsid w:val="6B07DE43"/>
+    <w:rsid w:val="6B25219A"/>
+    <w:rsid w:val="6B25BA59"/>
+    <w:rsid w:val="6B4EE0D6"/>
+    <w:rsid w:val="6B51E5ED"/>
+    <w:rsid w:val="6B842ECC"/>
+    <w:rsid w:val="6C9BB083"/>
+    <w:rsid w:val="6C9E9B4B"/>
+    <w:rsid w:val="6CABE439"/>
+    <w:rsid w:val="6CB8A296"/>
+    <w:rsid w:val="6CB976F1"/>
+    <w:rsid w:val="6CC12516"/>
+    <w:rsid w:val="6CD79886"/>
+    <w:rsid w:val="6CE5AEB8"/>
+    <w:rsid w:val="6CED9B76"/>
+    <w:rsid w:val="6CEEBC46"/>
+    <w:rsid w:val="6D2B6CFC"/>
+    <w:rsid w:val="6D3514C0"/>
+    <w:rsid w:val="6D421D82"/>
+    <w:rsid w:val="6D4991E6"/>
+    <w:rsid w:val="6D8F9740"/>
+    <w:rsid w:val="6D941F92"/>
+    <w:rsid w:val="6DA87DB6"/>
+    <w:rsid w:val="6DE62035"/>
+    <w:rsid w:val="6DEA589A"/>
+    <w:rsid w:val="6DEFA522"/>
+    <w:rsid w:val="6DF32F13"/>
+    <w:rsid w:val="6E2BA53E"/>
+    <w:rsid w:val="6E3B5EE6"/>
+    <w:rsid w:val="6E434A45"/>
+    <w:rsid w:val="6E53DA8E"/>
+    <w:rsid w:val="6E667A92"/>
+    <w:rsid w:val="6E79CC6E"/>
+    <w:rsid w:val="6E825E1D"/>
+    <w:rsid w:val="6E88114D"/>
+    <w:rsid w:val="6E9AFDA7"/>
+    <w:rsid w:val="6EA35BAA"/>
+    <w:rsid w:val="6EA58AB7"/>
+    <w:rsid w:val="6EC07E71"/>
+    <w:rsid w:val="6EC8C50A"/>
+    <w:rsid w:val="6EDFD1B0"/>
+    <w:rsid w:val="6F01DD4E"/>
+    <w:rsid w:val="6F04E605"/>
+    <w:rsid w:val="6F09629B"/>
+    <w:rsid w:val="6F1A0B57"/>
+    <w:rsid w:val="6F3FC679"/>
+    <w:rsid w:val="6F458E92"/>
+    <w:rsid w:val="6F4DBF5D"/>
+    <w:rsid w:val="6F56B94D"/>
+    <w:rsid w:val="6F96711D"/>
+    <w:rsid w:val="6FBE0C05"/>
+    <w:rsid w:val="6FC40BFC"/>
+    <w:rsid w:val="6FE33DA4"/>
+    <w:rsid w:val="70198217"/>
+    <w:rsid w:val="702F6A59"/>
+    <w:rsid w:val="704692FA"/>
+    <w:rsid w:val="7049335D"/>
+    <w:rsid w:val="70A3D3B1"/>
+    <w:rsid w:val="70B4E2B6"/>
+    <w:rsid w:val="70BD608E"/>
+    <w:rsid w:val="70DA5D1E"/>
+    <w:rsid w:val="70EBFA03"/>
+    <w:rsid w:val="710DB892"/>
+    <w:rsid w:val="711120A4"/>
+    <w:rsid w:val="71114671"/>
+    <w:rsid w:val="71150002"/>
+    <w:rsid w:val="713B448D"/>
+    <w:rsid w:val="71589A9E"/>
+    <w:rsid w:val="716A0054"/>
+    <w:rsid w:val="716ED35A"/>
+    <w:rsid w:val="719FDAA5"/>
+    <w:rsid w:val="71A29E70"/>
+    <w:rsid w:val="71EA1575"/>
+    <w:rsid w:val="722A6954"/>
+    <w:rsid w:val="723E62D8"/>
+    <w:rsid w:val="72400E56"/>
+    <w:rsid w:val="72B8A931"/>
+    <w:rsid w:val="72CDDCED"/>
+    <w:rsid w:val="72EF759B"/>
+    <w:rsid w:val="72F2778C"/>
+    <w:rsid w:val="7312E684"/>
+    <w:rsid w:val="731DBDC1"/>
+    <w:rsid w:val="733110F3"/>
+    <w:rsid w:val="733A0E8C"/>
+    <w:rsid w:val="73628B73"/>
+    <w:rsid w:val="7380610F"/>
+    <w:rsid w:val="73843D3A"/>
+    <w:rsid w:val="73D1B531"/>
+    <w:rsid w:val="73DE22B4"/>
+    <w:rsid w:val="73E02DEC"/>
+    <w:rsid w:val="73E7CF15"/>
+    <w:rsid w:val="747220A6"/>
+    <w:rsid w:val="748038A7"/>
+    <w:rsid w:val="749D7DF9"/>
+    <w:rsid w:val="74A6D6ED"/>
+    <w:rsid w:val="74AEF502"/>
+    <w:rsid w:val="74B05110"/>
+    <w:rsid w:val="74BE41F4"/>
+    <w:rsid w:val="74D2DF00"/>
+    <w:rsid w:val="750BA1F0"/>
+    <w:rsid w:val="7522F17C"/>
+    <w:rsid w:val="7546B25C"/>
+    <w:rsid w:val="7564C185"/>
+    <w:rsid w:val="75703E33"/>
+    <w:rsid w:val="758A04F9"/>
+    <w:rsid w:val="75A39B90"/>
+    <w:rsid w:val="75B80AFC"/>
+    <w:rsid w:val="75E6F1DC"/>
+    <w:rsid w:val="75F9CAD9"/>
+    <w:rsid w:val="765855F3"/>
+    <w:rsid w:val="76B6ECF1"/>
+    <w:rsid w:val="76EE84CE"/>
+    <w:rsid w:val="7737A18C"/>
+    <w:rsid w:val="7766917E"/>
+    <w:rsid w:val="776AC0B3"/>
+    <w:rsid w:val="779B046C"/>
+    <w:rsid w:val="77AF7B49"/>
+    <w:rsid w:val="77D602A1"/>
+    <w:rsid w:val="77E53E16"/>
+    <w:rsid w:val="77EBDB71"/>
+    <w:rsid w:val="785D985E"/>
+    <w:rsid w:val="787F2F91"/>
+    <w:rsid w:val="78F8AE91"/>
+    <w:rsid w:val="790B12FD"/>
+    <w:rsid w:val="7921E52B"/>
+    <w:rsid w:val="792296DA"/>
+    <w:rsid w:val="7929835A"/>
+    <w:rsid w:val="79550E40"/>
+    <w:rsid w:val="79595E0D"/>
+    <w:rsid w:val="79707566"/>
+    <w:rsid w:val="797DC787"/>
+    <w:rsid w:val="798D38C0"/>
+    <w:rsid w:val="79D32782"/>
+    <w:rsid w:val="79F23307"/>
+    <w:rsid w:val="7A0EBF53"/>
+    <w:rsid w:val="7A18AB44"/>
+    <w:rsid w:val="7A3E7C64"/>
+    <w:rsid w:val="7A463E0E"/>
+    <w:rsid w:val="7A4E5DAB"/>
+    <w:rsid w:val="7A81F99E"/>
+    <w:rsid w:val="7A866A0D"/>
+    <w:rsid w:val="7A90575F"/>
+    <w:rsid w:val="7AB69196"/>
+    <w:rsid w:val="7ABF334E"/>
+    <w:rsid w:val="7AC917B4"/>
+    <w:rsid w:val="7AD062B4"/>
+    <w:rsid w:val="7B463D35"/>
+    <w:rsid w:val="7B7FC8D7"/>
+    <w:rsid w:val="7B82FD91"/>
+    <w:rsid w:val="7B9DAABE"/>
+    <w:rsid w:val="7BA3DA1E"/>
+    <w:rsid w:val="7BB8ECF9"/>
+    <w:rsid w:val="7BD62F97"/>
+    <w:rsid w:val="7BF7412D"/>
+    <w:rsid w:val="7C13FF3E"/>
+    <w:rsid w:val="7C2197FD"/>
+    <w:rsid w:val="7C29EBF8"/>
+    <w:rsid w:val="7C553131"/>
+    <w:rsid w:val="7C65387D"/>
+    <w:rsid w:val="7C75750F"/>
+    <w:rsid w:val="7C78154A"/>
+    <w:rsid w:val="7CA6DDA4"/>
+    <w:rsid w:val="7CD32DD2"/>
+    <w:rsid w:val="7CFF1B42"/>
+    <w:rsid w:val="7D020902"/>
+    <w:rsid w:val="7D221EC0"/>
+    <w:rsid w:val="7D2A4AA8"/>
+    <w:rsid w:val="7D33E671"/>
+    <w:rsid w:val="7D445714"/>
+    <w:rsid w:val="7D507452"/>
+    <w:rsid w:val="7D6E1B09"/>
+    <w:rsid w:val="7DB863C4"/>
+    <w:rsid w:val="7DCEF439"/>
+    <w:rsid w:val="7DEAB92B"/>
+    <w:rsid w:val="7DF314C7"/>
+    <w:rsid w:val="7DF78F9D"/>
+    <w:rsid w:val="7E383188"/>
+    <w:rsid w:val="7E3CF330"/>
+    <w:rsid w:val="7E7E5E97"/>
+    <w:rsid w:val="7EA860EE"/>
+    <w:rsid w:val="7EB9F9CD"/>
+    <w:rsid w:val="7EBDE952"/>
+    <w:rsid w:val="7ECF9298"/>
+    <w:rsid w:val="7F09A927"/>
+    <w:rsid w:val="7F27D929"/>
+    <w:rsid w:val="7F27F7B1"/>
+    <w:rsid w:val="7F2B2EDB"/>
+    <w:rsid w:val="7F4369CD"/>
+    <w:rsid w:val="7F5C52CC"/>
+    <w:rsid w:val="7F8FC673"/>
+    <w:rsid w:val="7FA8822A"/>
+    <w:rsid w:val="7FFFB65D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0BDAA16F"/>
-  <w15:docId w15:val="{7AF9A54B-BC54-4624-A754-ACB77E6D0C5A}"/>
+  <w14:docId w14:val="73DE22B4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{DAFB69D1-AC0D-471D-8253-DF0FF07D2842}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18046,51 +26678,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -18272,490 +26904,424 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005C0044"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009170D8"/>
+    <w:rsid w:val="46880B87"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
-    <w:name w:val="Titre 1 Car"/>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
-    <w:link w:val="Titre1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009170D8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="46880B87"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="467886"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="009170D8"/>
+    <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002C0FB3"/>
+    <w:rsid w:val="00B22422"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18053048" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18062082" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18170254" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18240967" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18080916" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18205119" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18292167" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18321564" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18326417" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13952444" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18042608" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18061158" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18182291" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18052831" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/10760082" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18183097" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18215925" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18241347" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18321212" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18327036" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18031558" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18062389" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18031255" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18043005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18053181" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18081089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18182105" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18182487" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18205359" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18320715" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18321793" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18042756" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18326597" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18052925" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18061314" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18128563" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18204885" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18240376" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18321386" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18080775" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18241588" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18327220" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18042403" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18053291" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18128399" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19800102" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18435334" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18326197" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18043325" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18182714" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18320963" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18326817" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rc-anjou-asso.fr/brm_200.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13952444" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928015" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camping-laveniseverte.fr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18836011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932302" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17623271" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17945955" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17697258" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17761268" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14319271" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967475" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17919783" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rc-anjou-asso.fr/brm_300.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14354107" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rc-anjou-asso.fr/brm_600.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14390684" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17945284" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18434900" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967185" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17901926" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17946378" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17726701" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14319706" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14320357" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18080732" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14390089" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14415874" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932708" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967819" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13952444" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18435062" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17697764" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14290934" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17927685" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18477089" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17931389" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18241588" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17760931" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18435850" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18182030" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17629316" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17726432" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17959630" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14267750" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928092" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928267" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17931739" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17761384" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19880363" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14389867" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14390989" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932437" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17726042" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17946113" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14267457" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17919692" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17919886" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14319436" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rc-anjou-asso.fr/brm_400.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967618" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928511" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14390242" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18436011" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17945347" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17737972" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17760682" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17919616" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17623501" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17959447" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14353312" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14319927" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14369674" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17931608" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14416080" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17697475" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17761139" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967924" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932156" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17945798" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17927780" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18435581" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928383" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14353857" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/22614578" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17629488" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17959859" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967273" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14285033" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17931819" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932856" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17726554" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17959746" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928199" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/13759200" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17932552" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17860278" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14319574" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17931494" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/19293608" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17726169" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17946279" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17967738" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17920133" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17928604" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/22733971" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17760795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/14285667" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18182714" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/18081089" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17629152" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17945464" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17959548" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17738059" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openrunner.com/r/17738843" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2116</Words>
-  <Characters>11644</Characters>
+  <Words>3275</Words>
+  <Characters>13168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>346</Lines>
+  <Paragraphs>162</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13733</CharactersWithSpaces>
+  <CharactersWithSpaces>16281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>SOURICE rené monique</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>rené sourice</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>